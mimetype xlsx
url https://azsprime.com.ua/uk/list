--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="651">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="659">
   <si>
     <t>Кіровоградська область</t>
   </si>
   <si>
     <t>Знам'янка</t>
   </si>
   <si>
     <t>48.712441 32.706141</t>
   </si>
   <si>
     <t>м. Знам'янка вул. Віктора Голого, 130а</t>
   </si>
   <si>
     <t>Ландирев Олександр</t>
   </si>
   <si>
     <t>066 496 12 97</t>
   </si>
   <si>
     <t>TIR POINT</t>
   </si>
   <si>
     <t>ДТ</t>
   </si>
   <si>
@@ -1097,77 +1097,80 @@
   <si>
     <t>Партнер Parallel 0620, АЗС Озерна</t>
   </si>
   <si>
     <t>50.495207736496 30.490563421919</t>
   </si>
   <si>
     <t>м.Київ, пр-т Оболонський,53</t>
   </si>
   <si>
     <t>050 270 40 67</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 160</t>
   </si>
   <si>
     <t>50.672666169147 30.398739781007</t>
   </si>
   <si>
     <t>с.Лютіж Вишгородський р-н, вул. Визволителів, 2-Б</t>
   </si>
   <si>
     <t>0672129179</t>
   </si>
   <si>
-    <t>Партнер Parallel АЗС 162</t>
+    <t>Партнер АЗС 162</t>
   </si>
   <si>
     <t>50.492553702506 30.741905964318</t>
   </si>
   <si>
     <t>м Бровари, вул. Київська, 1</t>
   </si>
   <si>
     <t>0937083480</t>
   </si>
   <si>
     <t>Кофе/Маркет</t>
   </si>
   <si>
-    <t>Партнер Parallel АЗС 164</t>
+    <t>Партнер АЗС 164</t>
   </si>
   <si>
     <t>49.389497734857 30.168700517225</t>
   </si>
   <si>
     <t>смт Ставище, вул. Сергія Цимбала, 5 А</t>
   </si>
   <si>
     <t>0937083464</t>
   </si>
   <si>
+    <t>Автомагазин/Кофе/Фаст фуд/Маркет</t>
+  </si>
+  <si>
     <t>Партнер Parallel АЗС 169, Кільцева</t>
   </si>
   <si>
     <t>50.3966477 30.4200742</t>
   </si>
   <si>
     <t>Київ, вул. Кільцева, 6В</t>
   </si>
   <si>
     <t>Федишин Антон</t>
   </si>
   <si>
     <t>095-495-21-03</t>
   </si>
   <si>
     <t>Автомагазин/Кафе/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
     <t>Жашків 0635 Прайм</t>
   </si>
   <si>
     <t>49.232439 30.082564</t>
   </si>
   <si>
     <t>м. Жашків, автодорога Київ-Одеса, 148км+685м</t>
@@ -1343,62 +1346,50 @@
   <si>
     <t>050-484-15-09</t>
   </si>
   <si>
     <t>AdBlue/Etalon Юг/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 0625</t>
   </si>
   <si>
     <t>49.564028 32.073528</t>
   </si>
   <si>
     <t>Черкаська область, с. Благодатне, а/д Золотоноша-Черкаси-Сміла, 12 км+500м, будинок б/н</t>
   </si>
   <si>
     <t>Бойко Зоя</t>
   </si>
   <si>
     <t>075-303-20-19</t>
   </si>
   <si>
     <t>Донецька область</t>
   </si>
   <si>
-    <t>Партнер Parallel АЗС 1097</t>
-[...10 lines deleted...]
-  <si>
     <t>Партнер Мотто 0344, АЗС Тихого</t>
   </si>
   <si>
     <t>48.751438247729 37.581166385289</t>
   </si>
   <si>
     <t>м.Краматорськ, вул.Олекси Тихого,21-а (1021 - Л)</t>
   </si>
   <si>
     <t>095-273-93-04</t>
   </si>
   <si>
     <t>Партнер Мотто 0323, АЗС Краматорський</t>
   </si>
   <si>
     <t>48.7175 37.6</t>
   </si>
   <si>
     <t>Донецька обл., м.Краматорськ, бульвар Краматорський, 41-б</t>
   </si>
   <si>
     <t>095-273-95-23</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 42</t>
@@ -1475,50 +1466,77 @@
   <si>
     <t>063-104-52-04</t>
   </si>
   <si>
     <t>Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
     <t>АЗС 104</t>
   </si>
   <si>
     <t>48.8346116 37.3877248</t>
   </si>
   <si>
     <t>Донецька область, Краматорський район,селище Черкаське, вул.Шевченка, буд. 15</t>
   </si>
   <si>
     <t>Степанченко Анастасия</t>
   </si>
   <si>
     <t>063-104-52-07</t>
   </si>
   <si>
     <t>Кофе/Фаст фуд/WI-FI/Маркет</t>
   </si>
   <si>
+    <t>АЗС 0713</t>
+  </si>
+  <si>
+    <t>48.783561 37.594518</t>
+  </si>
+  <si>
+    <t>Донецька область, місто Краматорськ, смт. Ясногірка вул. Баженова, буд. 2-А</t>
+  </si>
+  <si>
+    <t>050 072 01 77</t>
+  </si>
+  <si>
+    <t>АЗС 0714</t>
+  </si>
+  <si>
+    <t>48.88615 37.64498</t>
+  </si>
+  <si>
+    <t>Донецька обл.,Краматорський район, місто Слов'янськ, Київ-Должанський Траса, буд. 1</t>
+  </si>
+  <si>
+    <t>Степанченко Анастасія</t>
+  </si>
+  <si>
+    <t>050 326 69 51</t>
+  </si>
+  <si>
     <t>Запорізька область</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 1151</t>
   </si>
   <si>
     <t>47.838177 35.007734</t>
   </si>
   <si>
     <t>Запорiзька обл.,с.Нове Запоріжжя, вул.Центральна, 1Г</t>
   </si>
   <si>
     <t>050-012-2803</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 1154</t>
   </si>
   <si>
     <t>47.891502 34.981565</t>
   </si>
   <si>
     <t>Запорiзька обл., с. Сонячне, вул. Сонячне шоссе, 4</t>
   </si>
   <si>
     <t>093-530-0633</t>
@@ -1685,51 +1703,51 @@
   <si>
     <t>Партнер Parallel 0630, АЗС Графа фон Шенборна</t>
   </si>
   <si>
     <t>48.431568262142 22.674129783579</t>
   </si>
   <si>
     <t>Закарпатська обл., м.Мукачево, вул. Графа фон Шенборна,108</t>
   </si>
   <si>
     <t>095 292 30 52</t>
   </si>
   <si>
     <t>Партнер Мотто 0117, АЗС Холмок</t>
   </si>
   <si>
     <t>48.56923570874 22.270701284146</t>
   </si>
   <si>
     <t>Закарпатська область, Ужгородський район, с. Холмок, вул. Свободи, будинок 1 «А»</t>
   </si>
   <si>
     <t>050-484-15-14</t>
   </si>
   <si>
-    <t>Партнер Мотто 0631, АЗС Зняцьово</t>
+    <t>Партнер Parallel 0631, АЗС Зняцьово</t>
   </si>
   <si>
     <t>48.484436808406 22.543900267738</t>
   </si>
   <si>
     <t>Закарпатська обл., Мукачівський р-н, с.Зняцьово, вул.Центральна,68Б</t>
   </si>
   <si>
     <t>095 292 31 17</t>
   </si>
   <si>
     <t>Партнер Parallel 0629, АЗС Пряшівська</t>
   </si>
   <si>
     <t>48.425062426632 22.732778180133</t>
   </si>
   <si>
     <t>Закарпатська обл., м.Мукачево, вул. Пряшівська,2-б</t>
   </si>
   <si>
     <t>050 375 26 71</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кофе/Фаст фуд/Маркет/TIR Parking/WC</t>
   </si>
@@ -1847,147 +1865,153 @@
   <si>
     <t>Чернігівська область</t>
   </si>
   <si>
     <t>Партнер Мотто 0218, АЗС Чернігів</t>
   </si>
   <si>
     <t>51.48212724167 31.272510569917</t>
   </si>
   <si>
     <t>м. Чернігів, вулиця Мазепи Івана (колишня: вулиця Щорса), будинок 54а (С)</t>
   </si>
   <si>
     <t>095-780-72-34</t>
   </si>
   <si>
     <t>Партнер Мотто 0632, АЗС Зруб</t>
   </si>
   <si>
     <t>51.13755 31.6799</t>
   </si>
   <si>
     <t>Чернігівська обл, Ніжинський р-н,с.Зруб, вул.Жовтнева,49</t>
   </si>
   <si>
-    <t>099 900 68 61</t>
+    <t>0683873860</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 0633</t>
   </si>
   <si>
     <t>51.0652904 31.1567513</t>
   </si>
   <si>
     <t>Чернігівська обл., с. Кіпті, вул. Слов'янська, 68</t>
   </si>
   <si>
     <t>Чернікова Тетяна</t>
   </si>
   <si>
     <t>0753037350</t>
   </si>
   <si>
     <t>Автомагазин/Кофе/Фаст фуд/WI-FI/Маркет/TIR Parking/WC</t>
   </si>
   <si>
     <t>Херсонська область</t>
   </si>
   <si>
     <t>Партнер Мотто 0217, АЗС Бериславське шосе</t>
   </si>
   <si>
     <t>46.668673389973 32.633403126012</t>
   </si>
   <si>
     <t>Херсонська область, м. Херсон, Бериславське шосе, будинок 15 (С)</t>
   </si>
   <si>
     <t>095-780-70-41</t>
   </si>
   <si>
     <t>Чернівецька область</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0401</t>
   </si>
   <si>
     <t>48.278855 26.057723</t>
   </si>
   <si>
     <t>Чернівецька обл., с. Остриця, вул. Чернівецька, 35</t>
   </si>
   <si>
-    <t>Михайло Книжницький</t>
-[...2 lines deleted...]
-    <t>050 738 39 24</t>
+    <t>Фещук Володимир</t>
+  </si>
+  <si>
+    <t>0955789225</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кофе/WI-FI/Маркет/TIR Parking/WC</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0402</t>
   </si>
   <si>
     <t>48.25516 25.96664</t>
   </si>
   <si>
     <t>м. Чернівці, вул. Південно-Кільцева, 37</t>
   </si>
   <si>
-    <t>Фещук Володимир</t>
-[...1 lines deleted...]
-  <si>
     <t>095 578 92 25</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0403</t>
   </si>
   <si>
     <t>48.0758831 25.9076961</t>
   </si>
   <si>
     <t>Чернівецька обл., смт. Глибока, вул. Героїв Небесної Сотні, 2В</t>
   </si>
   <si>
+    <t>Юрій Деревенець</t>
+  </si>
+  <si>
+    <t>0501742265</t>
+  </si>
+  <si>
     <t>Партнер OIL START АЗС 0404</t>
   </si>
   <si>
     <t>48.268856 26.001676</t>
   </si>
   <si>
     <t>Чернівецька обл., с. Остриця, вул. Садова, 2</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0405</t>
   </si>
   <si>
     <t>48.22221 25.981797</t>
   </si>
   <si>
     <t>Чернівецька обл., с. Коровія, вул. Головна, 81</t>
+  </si>
+  <si>
+    <t>Деревенец Юрий</t>
   </si>
   <si>
     <t>Автомагазин/WI-FI/WC</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0406</t>
   </si>
   <si>
     <t>48.492395 26.477902</t>
   </si>
   <si>
     <t>Чернівецька обл., м. Хотин, вул. Незалежності, 47 Б</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0407</t>
   </si>
   <si>
     <t>48.280219 25.969093</t>
   </si>
   <si>
     <t>м. Чернівці, вул. Винниченка, 117 А</t>
   </si>
 </sst>
 </file>
 
@@ -2311,51 +2335,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J142"/>
+  <dimension ref="A1:J143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="55.272217" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="155.67627" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.560791" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="94.262695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -2477,53 +2501,50 @@
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="I5" t="s">
         <v>7</v>
       </c>
       <c r="J5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6" t="s">
         <v>34</v>
       </c>
       <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="I6" t="s">
         <v>14</v>
       </c>
       <c r="J6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>39</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
@@ -2714,50 +2735,53 @@
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>75</v>
       </c>
       <c r="I14" t="s">
         <v>14</v>
       </c>
       <c r="J14" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
         <v>76</v>
       </c>
       <c r="B15" t="s">
         <v>77</v>
       </c>
       <c r="C15" t="s">
         <v>78</v>
       </c>
       <c r="D15" t="s">
         <v>79</v>
       </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
       <c r="F15" t="s">
         <v>80</v>
       </c>
       <c r="G15" t="s">
         <v>81</v>
       </c>
       <c r="I15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
         <v>76</v>
       </c>
       <c r="B16" t="s">
         <v>82</v>
       </c>
       <c r="C16" t="s">
         <v>83</v>
       </c>
       <c r="D16" t="s">
         <v>84</v>
       </c>
       <c r="F16" t="s">
         <v>85</v>
@@ -3532,50 +3556,53 @@
         <v>12</v>
       </c>
       <c r="G45" t="s">
         <v>220</v>
       </c>
       <c r="I45" t="s">
         <v>14</v>
       </c>
       <c r="J45" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
         <v>185</v>
       </c>
       <c r="B46" t="s">
         <v>222</v>
       </c>
       <c r="C46" t="s">
         <v>223</v>
       </c>
       <c r="D46" t="s">
         <v>224</v>
       </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
       <c r="G46" t="s">
         <v>225</v>
       </c>
       <c r="I46" t="s">
         <v>14</v>
       </c>
       <c r="J46" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
         <v>185</v>
       </c>
       <c r="B47" t="s">
         <v>226</v>
       </c>
       <c r="C47" t="s">
         <v>227</v>
       </c>
       <c r="D47" t="s">
         <v>228</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
@@ -4032,53 +4059,50 @@
         <v>12</v>
       </c>
       <c r="G64" t="s">
         <v>300</v>
       </c>
       <c r="I64" t="s">
         <v>14</v>
       </c>
       <c r="J64" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
         <v>230</v>
       </c>
       <c r="B65" t="s">
         <v>301</v>
       </c>
       <c r="C65" t="s">
         <v>302</v>
       </c>
       <c r="D65" t="s">
         <v>303</v>
       </c>
-      <c r="E65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G65" t="s">
         <v>304</v>
       </c>
       <c r="I65" t="s">
         <v>14</v>
       </c>
       <c r="J65" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
         <v>230</v>
       </c>
       <c r="B66" t="s">
         <v>306</v>
       </c>
       <c r="C66" t="s">
         <v>307</v>
       </c>
       <c r="D66" t="s">
         <v>308</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
@@ -4136,53 +4160,50 @@
         <v>12</v>
       </c>
       <c r="G68" t="s">
         <v>317</v>
       </c>
       <c r="I68" t="s">
         <v>14</v>
       </c>
       <c r="J68" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
         <v>230</v>
       </c>
       <c r="B69" t="s">
         <v>318</v>
       </c>
       <c r="C69" t="s">
         <v>319</v>
       </c>
       <c r="D69" t="s">
         <v>320</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G69" t="s">
         <v>321</v>
       </c>
       <c r="I69" t="s">
         <v>14</v>
       </c>
       <c r="J69" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
         <v>230</v>
       </c>
       <c r="B70" t="s">
         <v>322</v>
       </c>
       <c r="C70" t="s">
         <v>323</v>
       </c>
       <c r="D70" t="s">
         <v>324</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
@@ -4435,1717 +4456,1746 @@
       </c>
       <c r="J79" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>230</v>
       </c>
       <c r="B80" t="s">
         <v>361</v>
       </c>
       <c r="C80" t="s">
         <v>362</v>
       </c>
       <c r="D80" t="s">
         <v>363</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="G80" t="s">
         <v>364</v>
       </c>
       <c r="I80" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J80" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>230</v>
       </c>
       <c r="B81" t="s">
         <v>366</v>
       </c>
       <c r="C81" t="s">
         <v>367</v>
       </c>
       <c r="D81" t="s">
         <v>368</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="G81" t="s">
         <v>369</v>
       </c>
       <c r="I81" t="s">
         <v>14</v>
       </c>
       <c r="J81" t="s">
-        <v>124</v>
+        <v>370</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
         <v>230</v>
       </c>
       <c r="B82" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C82" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D82" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G82" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="I82" t="s">
         <v>14</v>
       </c>
       <c r="J82" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
         <v>230</v>
       </c>
       <c r="B83" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C83" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D83" t="s">
-        <v>378</v>
+        <v>379</v>
+      </c>
+      <c r="E83" t="s">
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G83" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
         <v>230</v>
       </c>
       <c r="B84" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C84" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D84" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="G84" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I84" t="s">
         <v>14</v>
       </c>
       <c r="J84" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
         <v>230</v>
       </c>
       <c r="B85" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C85" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D85" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="G85" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="I85" t="s">
         <v>14</v>
       </c>
       <c r="J85" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
         <v>230</v>
       </c>
       <c r="B86" t="s">
+        <v>394</v>
+      </c>
+      <c r="C86" t="s">
+        <v>395</v>
+      </c>
+      <c r="D86" t="s">
+        <v>396</v>
+      </c>
+      <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>391</v>
+      </c>
+      <c r="G86" t="s">
+        <v>397</v>
+      </c>
+      <c r="I86" t="s">
+        <v>14</v>
+      </c>
+      <c r="J86" t="s">
         <v>393</v>
-      </c>
-[...19 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
         <v>230</v>
       </c>
       <c r="B87" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C87" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D87" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G87" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="I87" t="s">
         <v>14</v>
       </c>
       <c r="J87" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
         <v>230</v>
       </c>
       <c r="B88" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C88" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D88" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G88" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="I88" t="s">
         <v>14</v>
       </c>
       <c r="J88" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
         <v>230</v>
       </c>
       <c r="B89" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C89" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D89" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="G89" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I89" t="s">
         <v>14</v>
       </c>
       <c r="J89" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
         <v>230</v>
       </c>
       <c r="B90" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C90" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D90" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="G90" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="I90" t="s">
         <v>14</v>
       </c>
       <c r="J90" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
         <v>230</v>
       </c>
       <c r="B91" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C91" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D91" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G91" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="I91" t="s">
         <v>14</v>
       </c>
       <c r="J91" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
         <v>230</v>
       </c>
       <c r="B92" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C92" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D92" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G92" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B93" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C93" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D93" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F93" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="G93" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="I93" t="s">
         <v>7</v>
       </c>
       <c r="J93" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B94" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C94" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D94" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="G94" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I94" t="s">
         <v>14</v>
       </c>
       <c r="J94" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B95" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C95" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D95" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="G95" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I95" t="s">
         <v>14</v>
       </c>
       <c r="J95" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B96" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C96" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D96" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="G96" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I96" t="s">
         <v>14</v>
       </c>
       <c r="J96" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B97" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C97" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D97" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="I97" t="s">
         <v>14</v>
       </c>
       <c r="J97" t="s">
-        <v>50</v>
+        <v>124</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B98" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C98" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D98" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="I98" t="s">
         <v>14</v>
       </c>
       <c r="J98" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B99" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C99" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D99" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="I99" t="s">
         <v>14</v>
       </c>
       <c r="J99" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B100" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C100" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D100" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="I100" t="s">
         <v>14</v>
       </c>
       <c r="J100" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B101" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C101" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D101" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="G101" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I101" t="s">
         <v>14</v>
       </c>
       <c r="J101" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B102" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C102" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D102" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="G102" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="I102" t="s">
         <v>14</v>
       </c>
       <c r="J102" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B103" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C103" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D103" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
+      <c r="F103" t="s">
+        <v>475</v>
+      </c>
       <c r="G103" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="I103" t="s">
         <v>14</v>
       </c>
       <c r="J103" t="s">
-        <v>124</v>
+        <v>477</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B104" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C104" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="D104" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="G104" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="I104" t="s">
         <v>14</v>
       </c>
       <c r="J104" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B105" t="s">
+        <v>484</v>
+      </c>
+      <c r="C105" t="s">
+        <v>485</v>
+      </c>
+      <c r="D105" t="s">
+        <v>486</v>
+      </c>
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
         <v>481</v>
       </c>
-      <c r="C105" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G105" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="I105" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
-        <v>487</v>
+        <v>443</v>
       </c>
       <c r="B106" t="s">
         <v>488</v>
       </c>
       <c r="C106" t="s">
         <v>489</v>
       </c>
       <c r="D106" t="s">
         <v>490</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
+      <c r="F106" t="s">
+        <v>491</v>
+      </c>
       <c r="G106" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="I106" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B107" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C107" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="D107" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="G107" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="I107" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B108" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C108" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D108" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="G108" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="I108" t="s">
         <v>14</v>
       </c>
       <c r="J108" t="s">
-        <v>124</v>
+        <v>502</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B109" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C109" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D109" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
-      <c r="F109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="I109" t="s">
         <v>14</v>
       </c>
       <c r="J109" t="s">
-        <v>506</v>
+        <v>124</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B110" t="s">
         <v>507</v>
       </c>
       <c r="C110" t="s">
         <v>508</v>
       </c>
       <c r="D110" t="s">
         <v>509</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="G110" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I110" t="s">
-        <v>7</v>
+        <v>14</v>
+      </c>
+      <c r="J110" t="s">
+        <v>512</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
-        <v>511</v>
+        <v>493</v>
       </c>
       <c r="B111" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C111" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D111" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
+      <c r="F111" t="s">
+        <v>510</v>
+      </c>
       <c r="G111" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="I111" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="B112" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C112" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D112" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="G112" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="I112" t="s">
         <v>14</v>
       </c>
       <c r="J112" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="B113" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C113" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D113" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="G113" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="I113" t="s">
         <v>14</v>
       </c>
       <c r="J113" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="B114" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C114" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D114" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="G114" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="I114" t="s">
         <v>14</v>
       </c>
       <c r="J114" t="s">
-        <v>124</v>
+        <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
-        <v>528</v>
+        <v>517</v>
       </c>
       <c r="B115" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C115" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D115" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="G115" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="I115" t="s">
         <v>14</v>
       </c>
       <c r="J115" t="s">
-        <v>32</v>
+        <v>124</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="B116" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C116" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D116" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="G116" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="I116" t="s">
         <v>14</v>
       </c>
       <c r="J116" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="B117" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C117" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D117" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="G117" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="I117" t="s">
         <v>14</v>
       </c>
       <c r="J117" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="B118" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C118" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D118" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="G118" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="I118" t="s">
         <v>14</v>
       </c>
       <c r="J118" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="B119" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C119" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="D119" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="G119" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="I119" t="s">
         <v>14</v>
       </c>
       <c r="J119" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="B120" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C120" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D120" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="G120" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="I120" t="s">
         <v>14</v>
       </c>
       <c r="J120" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="B121" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C121" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D121" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="G121" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="I121" t="s">
         <v>14</v>
       </c>
       <c r="J121" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="B122" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C122" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D122" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="G122" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="I122" t="s">
         <v>14</v>
       </c>
       <c r="J122" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="B123" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C123" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D123" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="G123" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="I123" t="s">
         <v>14</v>
       </c>
       <c r="J123" t="s">
-        <v>565</v>
+        <v>32</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
-        <v>566</v>
+        <v>534</v>
       </c>
       <c r="B124" t="s">
         <v>567</v>
       </c>
       <c r="C124" t="s">
         <v>568</v>
       </c>
       <c r="D124" t="s">
         <v>569</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="G124" t="s">
         <v>570</v>
       </c>
       <c r="I124" t="s">
         <v>14</v>
       </c>
       <c r="J124" t="s">
-        <v>32</v>
+        <v>571</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B125" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C125" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D125" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="G125" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="I125" t="s">
         <v>14</v>
       </c>
       <c r="J125" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B126" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C126" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D126" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="G126" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="I126" t="s">
         <v>14</v>
       </c>
       <c r="J126" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="B127" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C127" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D127" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="G127" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="I127" t="s">
         <v>14</v>
       </c>
       <c r="J127" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="B128" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C128" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D128" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="G128" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="I128" t="s">
         <v>14</v>
       </c>
       <c r="J128" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="B129" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C129" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D129" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="G129" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="I129" t="s">
         <v>14</v>
       </c>
       <c r="J129" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="B130" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C130" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D130" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="G130" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="I130" t="s">
         <v>14</v>
       </c>
       <c r="J130" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
-        <v>598</v>
+        <v>591</v>
       </c>
       <c r="B131" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C131" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D131" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="G131" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="I131" t="s">
         <v>14</v>
       </c>
       <c r="J131" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B132" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C132" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D132" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="G132" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="I132" t="s">
         <v>14</v>
       </c>
       <c r="J132" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="B133" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C133" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D133" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="G133" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="I133" t="s">
         <v>14</v>
       </c>
       <c r="J133" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="B134" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="C134" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="D134" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
-      <c r="F134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G134" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="I134" t="s">
         <v>14</v>
       </c>
       <c r="J134" t="s">
-        <v>617</v>
+        <v>124</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
+        <v>609</v>
+      </c>
+      <c r="B135" t="s">
         <v>618</v>
       </c>
-      <c r="B135" t="s">
+      <c r="C135" t="s">
         <v>619</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
         <v>620</v>
       </c>
-      <c r="D135" t="s">
+      <c r="E135" t="s">
+        <v>12</v>
+      </c>
+      <c r="F135" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G135" t="s">
         <v>622</v>
       </c>
       <c r="I135" t="s">
         <v>14</v>
       </c>
       <c r="J135" t="s">
-        <v>216</v>
+        <v>623</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B136" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C136" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D136" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
       <c r="G136" t="s">
         <v>628</v>
       </c>
       <c r="I136" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J136" t="s">
-        <v>629</v>
+        <v>216</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="B137" t="s">
         <v>630</v>
       </c>
       <c r="C137" t="s">
         <v>631</v>
       </c>
       <c r="D137" t="s">
         <v>632</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
         <v>633</v>
       </c>
       <c r="G137" t="s">
         <v>634</v>
       </c>
       <c r="I137" t="s">
         <v>65</v>
       </c>
       <c r="J137" t="s">
-        <v>50</v>
+        <v>635</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="B138" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C138" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D138" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
         <v>633</v>
       </c>
       <c r="G138" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="I138" t="s">
         <v>65</v>
       </c>
       <c r="J138" t="s">
-        <v>305</v>
+        <v>50</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="B139" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="C139" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="D139" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>627</v>
+        <v>643</v>
       </c>
       <c r="G139" t="s">
-        <v>628</v>
+        <v>644</v>
       </c>
       <c r="I139" t="s">
         <v>65</v>
       </c>
       <c r="J139" t="s">
-        <v>20</v>
+        <v>305</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="B140" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C140" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="D140" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
         <v>633</v>
       </c>
       <c r="G140" t="s">
         <v>634</v>
       </c>
       <c r="I140" t="s">
         <v>65</v>
       </c>
       <c r="J140" t="s">
-        <v>644</v>
+        <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="B141" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="C141" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="D141" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>627</v>
+        <v>651</v>
       </c>
       <c r="G141" t="s">
-        <v>628</v>
+        <v>644</v>
       </c>
       <c r="I141" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="J141" t="s">
-        <v>20</v>
+        <v>652</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="B142" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="C142" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="D142" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
         <v>633</v>
       </c>
       <c r="G142" t="s">
         <v>634</v>
       </c>
       <c r="I142" t="s">
+        <v>14</v>
+      </c>
+      <c r="J142" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" t="s">
+        <v>629</v>
+      </c>
+      <c r="B143" t="s">
+        <v>656</v>
+      </c>
+      <c r="C143" t="s">
+        <v>657</v>
+      </c>
+      <c r="D143" t="s">
+        <v>658</v>
+      </c>
+      <c r="E143" t="s">
+        <v>12</v>
+      </c>
+      <c r="F143" t="s">
+        <v>633</v>
+      </c>
+      <c r="G143" t="s">
+        <v>639</v>
+      </c>
+      <c r="I143" t="s">
         <v>65</v>
       </c>
-      <c r="J142" t="s">
-        <v>375</v>
+      <c r="J143" t="s">
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">