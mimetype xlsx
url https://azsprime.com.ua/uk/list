--- v3 (2026-03-21)
+++ v4 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="658">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="667">
   <si>
     <t>Кіровоградська область</t>
   </si>
   <si>
     <t>Знам'янка</t>
   </si>
   <si>
     <t>48.712441 32.706141</t>
   </si>
   <si>
     <t>м. Знам'янка вул. Віктора Голого, 130а</t>
   </si>
   <si>
     <t>Ландирев Олександр</t>
   </si>
   <si>
     <t>066 496 12 97</t>
   </si>
   <si>
     <t>TIR POINT</t>
   </si>
   <si>
     <t>ДТ</t>
   </si>
   <si>
@@ -1275,50 +1275,77 @@
     <t>067-537-79-55</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 171</t>
   </si>
   <si>
     <t>50.4762021 30.4997896</t>
   </si>
   <si>
     <t>м. Київ, вул. Межигірська, 87 В</t>
   </si>
   <si>
     <t>0997346625</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 170</t>
   </si>
   <si>
     <t>50.3528127 30.4927308</t>
   </si>
   <si>
     <t>м.Київ, вул. ак. Заболотного, 156</t>
   </si>
   <si>
     <t>0507235581</t>
+  </si>
+  <si>
+    <t>АЗК 0715</t>
+  </si>
+  <si>
+    <t>50.52749 30.892796</t>
+  </si>
+  <si>
+    <t>Київська обл., с. Красилівка вулиця Київська, будинок №7</t>
+  </si>
+  <si>
+    <t>Вячеслав Герман</t>
+  </si>
+  <si>
+    <t>075 408 04 54</t>
+  </si>
+  <si>
+    <t>АЗК 0716</t>
+  </si>
+  <si>
+    <t>50.05774 31.489882</t>
+  </si>
+  <si>
+    <t>Київська обл., м.Переяслав, вул.Об'їзна, 13</t>
+  </si>
+  <si>
+    <t>095 129 81 80</t>
   </si>
   <si>
     <t>Миколаївська область</t>
   </si>
   <si>
     <t>Миколаїв 4</t>
   </si>
   <si>
     <t>47.0441 32.05912</t>
   </si>
   <si>
     <t>Миколаївська область, Миколаївський район, селище Каравелове, вул.Дорожня, буд.6</t>
   </si>
   <si>
     <t>Шмаленко Ірина</t>
   </si>
   <si>
     <t>+38 066 040 52 90</t>
   </si>
   <si>
     <t>Etalon Юг</t>
   </si>
   <si>
     <t>Партнер Parallel 0121, АЗС Миколаїв</t>
   </si>
@@ -2332,51 +2359,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J143"/>
+  <dimension ref="A1:J145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="55.272217" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="155.67627" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.560791" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="94.262695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -4774,1014 +4801,1014 @@
     <row r="91" spans="1:10">
       <c r="A91" t="s">
         <v>225</v>
       </c>
       <c r="B91" t="s">
         <v>417</v>
       </c>
       <c r="C91" t="s">
         <v>418</v>
       </c>
       <c r="D91" t="s">
         <v>419</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
         <v>370</v>
       </c>
       <c r="G91" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
+        <v>225</v>
+      </c>
+      <c r="B92" t="s">
         <v>421</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
         <v>422</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>423</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
         <v>424</v>
       </c>
-      <c r="F92" t="s">
+      <c r="G92" t="s">
         <v>425</v>
       </c>
-      <c r="G92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I92" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>421</v>
+        <v>225</v>
       </c>
       <c r="B93" t="s">
+        <v>426</v>
+      </c>
+      <c r="C93" t="s">
+        <v>427</v>
+      </c>
+      <c r="D93" t="s">
         <v>428</v>
       </c>
-      <c r="C93" t="s">
+      <c r="E93" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>424</v>
+      </c>
+      <c r="G93" t="s">
         <v>429</v>
       </c>
-      <c r="D93" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I93" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="B94" t="s">
+        <v>431</v>
+      </c>
+      <c r="C94" t="s">
+        <v>432</v>
+      </c>
+      <c r="D94" t="s">
         <v>433</v>
       </c>
-      <c r="C94" t="s">
+      <c r="F94" t="s">
         <v>434</v>
       </c>
-      <c r="D94" t="s">
+      <c r="G94" t="s">
         <v>435</v>
       </c>
-      <c r="E94" t="s">
-[...2 lines deleted...]
-      <c r="F94" t="s">
+      <c r="I94" t="s">
+        <v>7</v>
+      </c>
+      <c r="J94" t="s">
         <v>436</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
+        <v>430</v>
+      </c>
+      <c r="B95" t="s">
+        <v>437</v>
+      </c>
+      <c r="C95" t="s">
         <v>438</v>
       </c>
-      <c r="B95" t="s">
+      <c r="D95" t="s">
         <v>439</v>
       </c>
-      <c r="C95" t="s">
+      <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" t="s">
         <v>440</v>
       </c>
-      <c r="D95" t="s">
+      <c r="I95" t="s">
+        <v>14</v>
+      </c>
+      <c r="J95" t="s">
         <v>441</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="B96" t="s">
+        <v>442</v>
+      </c>
+      <c r="C96" t="s">
         <v>443</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>444</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G96" t="s">
         <v>446</v>
       </c>
       <c r="I96" t="s">
         <v>14</v>
       </c>
       <c r="J96" t="s">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B97" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C97" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D97" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="I97" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="J97" t="s">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B98" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C98" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D98" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="I98" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="J98" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B99" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C99" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D99" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="I99" t="s">
         <v>7</v>
       </c>
       <c r="J99" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B100" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C100" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D100" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="I100" t="s">
         <v>7</v>
       </c>
       <c r="J100" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B101" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C101" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D101" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="G101" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I101" t="s">
         <v>7</v>
       </c>
       <c r="J101" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B102" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C102" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D102" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="G102" t="s">
         <v>471</v>
       </c>
       <c r="I102" t="s">
-        <v>76</v>
+        <v>7</v>
       </c>
       <c r="J102" t="s">
-        <v>472</v>
+        <v>125</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B103" t="s">
+        <v>472</v>
+      </c>
+      <c r="C103" t="s">
         <v>473</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>474</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
+      <c r="G103" t="s">
         <v>475</v>
       </c>
-      <c r="E103" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I103" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="J103" t="s">
-        <v>478</v>
+        <v>125</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B104" t="s">
+        <v>476</v>
+      </c>
+      <c r="C104" t="s">
+        <v>477</v>
+      </c>
+      <c r="D104" t="s">
+        <v>478</v>
+      </c>
+      <c r="E104" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" t="s">
         <v>479</v>
       </c>
-      <c r="C104" t="s">
+      <c r="G104" t="s">
         <v>480</v>
       </c>
-      <c r="D104" t="s">
+      <c r="I104" t="s">
+        <v>76</v>
+      </c>
+      <c r="J104" t="s">
         <v>481</v>
-      </c>
-[...10 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B105" t="s">
+        <v>482</v>
+      </c>
+      <c r="C105" t="s">
         <v>483</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
         <v>484</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
         <v>485</v>
       </c>
-      <c r="E105" t="s">
-[...2 lines deleted...]
-      <c r="F105" t="s">
+      <c r="G105" t="s">
         <v>486</v>
       </c>
-      <c r="G105" t="s">
+      <c r="I105" t="s">
+        <v>14</v>
+      </c>
+      <c r="J105" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
+        <v>447</v>
+      </c>
+      <c r="B106" t="s">
         <v>488</v>
       </c>
-      <c r="B106" t="s">
+      <c r="C106" t="s">
         <v>489</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>490</v>
       </c>
-      <c r="D106" t="s">
+      <c r="E106" t="s">
+        <v>12</v>
+      </c>
+      <c r="F106" t="s">
+        <v>485</v>
+      </c>
+      <c r="G106" t="s">
         <v>491</v>
       </c>
-      <c r="E106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I106" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
-        <v>488</v>
+        <v>447</v>
       </c>
       <c r="B107" t="s">
+        <v>492</v>
+      </c>
+      <c r="C107" t="s">
         <v>493</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>494</v>
       </c>
-      <c r="D107" t="s">
+      <c r="E107" t="s">
+        <v>12</v>
+      </c>
+      <c r="F107" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G107" t="s">
         <v>496</v>
       </c>
       <c r="I107" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>497</v>
+        <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="B108" t="s">
         <v>498</v>
       </c>
       <c r="C108" t="s">
         <v>499</v>
       </c>
       <c r="D108" t="s">
         <v>500</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="G108" t="s">
         <v>501</v>
       </c>
       <c r="I108" t="s">
         <v>14</v>
       </c>
-      <c r="J108" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="B109" t="s">
         <v>502</v>
       </c>
       <c r="C109" t="s">
         <v>503</v>
       </c>
       <c r="D109" t="s">
         <v>504</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
-      <c r="F109" t="s">
+      <c r="G109" t="s">
         <v>505</v>
       </c>
-      <c r="G109" t="s">
+      <c r="I109" t="s">
+        <v>14</v>
+      </c>
+      <c r="J109" t="s">
         <v>506</v>
-      </c>
-[...4 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="B110" t="s">
+        <v>507</v>
+      </c>
+      <c r="C110" t="s">
         <v>508</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
         <v>509</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" t="s">
+        <v>12</v>
+      </c>
+      <c r="G110" t="s">
         <v>510</v>
       </c>
-      <c r="E110" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I110" t="s">
-        <v>7</v>
+        <v>14</v>
+      </c>
+      <c r="J110" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="B111" t="s">
+        <v>511</v>
+      </c>
+      <c r="C111" t="s">
         <v>512</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>513</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" t="s">
+        <v>12</v>
+      </c>
+      <c r="F111" t="s">
         <v>514</v>
-      </c>
-[...4 lines deleted...]
-        <v>505</v>
       </c>
       <c r="G111" t="s">
         <v>515</v>
       </c>
       <c r="I111" t="s">
-        <v>65</v>
+        <v>14</v>
+      </c>
+      <c r="J111" t="s">
+        <v>516</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
-        <v>516</v>
+        <v>497</v>
       </c>
       <c r="B112" t="s">
         <v>517</v>
       </c>
       <c r="C112" t="s">
         <v>518</v>
       </c>
       <c r="D112" t="s">
         <v>519</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
+      <c r="F112" t="s">
+        <v>514</v>
+      </c>
       <c r="G112" t="s">
         <v>520</v>
       </c>
       <c r="I112" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>516</v>
+        <v>497</v>
       </c>
       <c r="B113" t="s">
         <v>521</v>
       </c>
       <c r="C113" t="s">
         <v>522</v>
       </c>
       <c r="D113" t="s">
         <v>523</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
+      <c r="F113" t="s">
+        <v>514</v>
+      </c>
       <c r="G113" t="s">
         <v>524</v>
       </c>
       <c r="I113" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>65</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="B114" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C114" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D114" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="G114" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="I114" t="s">
         <v>14</v>
       </c>
       <c r="J114" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="B115" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C115" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D115" t="s">
-        <v>531</v>
+        <v>532</v>
+      </c>
+      <c r="E115" t="s">
+        <v>12</v>
       </c>
       <c r="G115" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="I115" t="s">
         <v>14</v>
       </c>
       <c r="J115" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="B116" t="s">
         <v>534</v>
       </c>
       <c r="C116" t="s">
         <v>535</v>
       </c>
       <c r="D116" t="s">
         <v>536</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="G116" t="s">
         <v>537</v>
       </c>
       <c r="I116" t="s">
         <v>14</v>
       </c>
       <c r="J116" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="B117" t="s">
         <v>538</v>
       </c>
       <c r="C117" t="s">
         <v>539</v>
       </c>
       <c r="D117" t="s">
         <v>540</v>
       </c>
-      <c r="E117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G117" t="s">
         <v>541</v>
       </c>
       <c r="I117" t="s">
         <v>14</v>
       </c>
       <c r="J117" t="s">
-        <v>32</v>
+        <v>125</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="B118" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C118" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D118" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="G118" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="I118" t="s">
         <v>14</v>
       </c>
       <c r="J118" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="B119" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C119" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D119" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="G119" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="I119" t="s">
         <v>14</v>
       </c>
       <c r="J119" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="B120" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C120" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D120" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="G120" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="I120" t="s">
         <v>14</v>
       </c>
       <c r="J120" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="B121" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C121" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D121" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="G121" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="I121" t="s">
         <v>14</v>
       </c>
       <c r="J121" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="B122" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C122" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D122" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="G122" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="I122" t="s">
         <v>14</v>
       </c>
       <c r="J122" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="B123" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C123" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D123" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="G123" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="I123" t="s">
         <v>14</v>
       </c>
       <c r="J123" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="B124" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C124" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D124" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="G124" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="I124" t="s">
         <v>14</v>
       </c>
       <c r="J124" t="s">
-        <v>570</v>
+        <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
+        <v>542</v>
+      </c>
+      <c r="B125" t="s">
         <v>571</v>
       </c>
-      <c r="B125" t="s">
+      <c r="C125" t="s">
         <v>572</v>
       </c>
-      <c r="C125" t="s">
+      <c r="D125" t="s">
         <v>573</v>
       </c>
-      <c r="D125" t="s">
+      <c r="E125" t="s">
+        <v>12</v>
+      </c>
+      <c r="G125" t="s">
         <v>574</v>
-      </c>
-[...4 lines deleted...]
-        <v>575</v>
       </c>
       <c r="I125" t="s">
         <v>14</v>
       </c>
       <c r="J125" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" t="s">
+        <v>542</v>
+      </c>
+      <c r="B126" t="s">
+        <v>575</v>
+      </c>
+      <c r="C126" t="s">
         <v>576</v>
       </c>
-      <c r="B126" t="s">
+      <c r="D126" t="s">
         <v>577</v>
       </c>
-      <c r="C126" t="s">
+      <c r="E126" t="s">
+        <v>12</v>
+      </c>
+      <c r="G126" t="s">
         <v>578</v>
       </c>
-      <c r="D126" t="s">
+      <c r="I126" t="s">
+        <v>14</v>
+      </c>
+      <c r="J126" t="s">
         <v>579</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
+        <v>580</v>
+      </c>
+      <c r="B127" t="s">
         <v>581</v>
       </c>
-      <c r="B127" t="s">
+      <c r="C127" t="s">
         <v>582</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127" t="s">
         <v>583</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" t="s">
+        <v>12</v>
+      </c>
+      <c r="G127" t="s">
         <v>584</v>
-      </c>
-[...4 lines deleted...]
-        <v>585</v>
       </c>
       <c r="I127" t="s">
         <v>14</v>
       </c>
       <c r="J127" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="B128" t="s">
         <v>586</v>
       </c>
       <c r="C128" t="s">
         <v>587</v>
       </c>
       <c r="D128" t="s">
         <v>588</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="G128" t="s">
         <v>589</v>
       </c>
       <c r="I128" t="s">
         <v>14</v>
       </c>
       <c r="J128" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
         <v>590</v>
       </c>
       <c r="B129" t="s">
         <v>591</v>
       </c>
       <c r="C129" t="s">
         <v>592</v>
       </c>
       <c r="D129" t="s">
         <v>593</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="G129" t="s">
         <v>594</v>
       </c>
       <c r="I129" t="s">
         <v>14</v>
       </c>
       <c r="J129" t="s">
@@ -5794,398 +5821,450 @@
       </c>
       <c r="B130" t="s">
         <v>595</v>
       </c>
       <c r="C130" t="s">
         <v>596</v>
       </c>
       <c r="D130" t="s">
         <v>597</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="G130" t="s">
         <v>598</v>
       </c>
       <c r="I130" t="s">
         <v>14</v>
       </c>
       <c r="J130" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
-        <v>590</v>
+        <v>599</v>
       </c>
       <c r="B131" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C131" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D131" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="G131" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="I131" t="s">
         <v>14</v>
       </c>
       <c r="J131" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="B132" t="s">
         <v>604</v>
       </c>
       <c r="C132" t="s">
         <v>605</v>
       </c>
       <c r="D132" t="s">
         <v>606</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="G132" t="s">
         <v>607</v>
       </c>
       <c r="I132" t="s">
         <v>14</v>
       </c>
       <c r="J132" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
+        <v>599</v>
+      </c>
+      <c r="B133" t="s">
         <v>608</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
         <v>609</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
         <v>610</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" t="s">
+        <v>12</v>
+      </c>
+      <c r="G133" t="s">
         <v>611</v>
       </c>
-      <c r="E133" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I133" t="s">
         <v>14</v>
       </c>
       <c r="J133" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="B134" t="s">
         <v>613</v>
       </c>
       <c r="C134" t="s">
         <v>614</v>
       </c>
       <c r="D134" t="s">
         <v>615</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="G134" t="s">
         <v>616</v>
       </c>
       <c r="I134" t="s">
         <v>14</v>
       </c>
       <c r="J134" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
-        <v>608</v>
+        <v>617</v>
       </c>
       <c r="B135" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C135" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D135" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
       <c r="G135" t="s">
         <v>621</v>
       </c>
       <c r="I135" t="s">
         <v>14</v>
       </c>
       <c r="J135" t="s">
-        <v>622</v>
+        <v>125</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
+        <v>617</v>
+      </c>
+      <c r="B136" t="s">
+        <v>622</v>
+      </c>
+      <c r="C136" t="s">
         <v>623</v>
       </c>
-      <c r="B136" t="s">
+      <c r="D136" t="s">
         <v>624</v>
       </c>
-      <c r="C136" t="s">
+      <c r="E136" t="s">
+        <v>12</v>
+      </c>
+      <c r="G136" t="s">
         <v>625</v>
       </c>
-      <c r="D136" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I136" t="s">
         <v>14</v>
       </c>
       <c r="J136" t="s">
-        <v>205</v>
+        <v>125</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
+        <v>617</v>
+      </c>
+      <c r="B137" t="s">
+        <v>626</v>
+      </c>
+      <c r="C137" t="s">
+        <v>627</v>
+      </c>
+      <c r="D137" t="s">
         <v>628</v>
       </c>
-      <c r="B137" t="s">
+      <c r="E137" t="s">
+        <v>12</v>
+      </c>
+      <c r="F137" t="s">
         <v>629</v>
       </c>
-      <c r="C137" t="s">
+      <c r="G137" t="s">
         <v>630</v>
       </c>
-      <c r="D137" t="s">
+      <c r="I137" t="s">
+        <v>14</v>
+      </c>
+      <c r="J137" t="s">
         <v>631</v>
-      </c>
-[...10 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="B138" t="s">
+        <v>633</v>
+      </c>
+      <c r="C138" t="s">
+        <v>634</v>
+      </c>
+      <c r="D138" t="s">
         <v>635</v>
       </c>
-      <c r="C138" t="s">
+      <c r="E138" t="s">
+        <v>12</v>
+      </c>
+      <c r="G138" t="s">
         <v>636</v>
       </c>
-      <c r="D138" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I138" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J138" t="s">
-        <v>50</v>
+        <v>205</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="B139" t="s">
+        <v>638</v>
+      </c>
+      <c r="C139" t="s">
         <v>639</v>
       </c>
-      <c r="C139" t="s">
+      <c r="D139" t="s">
         <v>640</v>
       </c>
-      <c r="D139" t="s">
+      <c r="F139" t="s">
         <v>641</v>
       </c>
-      <c r="F139" t="s">
+      <c r="G139" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
       <c r="I139" t="s">
         <v>65</v>
       </c>
       <c r="J139" t="s">
-        <v>301</v>
+        <v>643</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="B140" t="s">
         <v>644</v>
       </c>
       <c r="C140" t="s">
         <v>645</v>
       </c>
       <c r="D140" t="s">
         <v>646</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="G140" t="s">
-        <v>633</v>
+        <v>647</v>
       </c>
       <c r="I140" t="s">
         <v>65</v>
       </c>
       <c r="J140" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="B141" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C141" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D141" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="F141" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="G141" t="s">
-        <v>643</v>
+        <v>652</v>
       </c>
       <c r="I141" t="s">
         <v>65</v>
       </c>
       <c r="J141" t="s">
-        <v>651</v>
+        <v>301</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="B142" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C142" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D142" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="G142" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="I142" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="J142" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="B143" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C143" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D143" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F143" t="s">
-        <v>632</v>
+        <v>659</v>
       </c>
       <c r="G143" t="s">
-        <v>638</v>
+        <v>652</v>
       </c>
       <c r="I143" t="s">
         <v>65</v>
       </c>
       <c r="J143" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10">
+      <c r="A144" t="s">
+        <v>637</v>
+      </c>
+      <c r="B144" t="s">
+        <v>661</v>
+      </c>
+      <c r="C144" t="s">
+        <v>662</v>
+      </c>
+      <c r="D144" t="s">
+        <v>663</v>
+      </c>
+      <c r="E144" t="s">
+        <v>12</v>
+      </c>
+      <c r="F144" t="s">
+        <v>641</v>
+      </c>
+      <c r="G144" t="s">
+        <v>642</v>
+      </c>
+      <c r="I144" t="s">
+        <v>14</v>
+      </c>
+      <c r="J144" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10">
+      <c r="A145" t="s">
+        <v>637</v>
+      </c>
+      <c r="B145" t="s">
+        <v>664</v>
+      </c>
+      <c r="C145" t="s">
+        <v>665</v>
+      </c>
+      <c r="D145" t="s">
+        <v>666</v>
+      </c>
+      <c r="E145" t="s">
+        <v>12</v>
+      </c>
+      <c r="F145" t="s">
+        <v>641</v>
+      </c>
+      <c r="G145" t="s">
+        <v>647</v>
+      </c>
+      <c r="I145" t="s">
+        <v>65</v>
+      </c>
+      <c r="J145" t="s">
         <v>372</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>