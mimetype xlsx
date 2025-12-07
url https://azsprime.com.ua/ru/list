--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="647">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="659">
   <si>
     <t>Кіровоградська область</t>
   </si>
   <si>
     <t>Знам'янка</t>
   </si>
   <si>
     <t>48.712441 32.706141</t>
   </si>
   <si>
     <t>м. Знам'янка вул. Віктора Голого, 130а</t>
   </si>
   <si>
     <t>Ландирев Олександр</t>
   </si>
   <si>
     <t>066 496 12 97</t>
   </si>
   <si>
     <t>TIR POINT</t>
   </si>
   <si>
     <t>ДТ</t>
   </si>
   <si>
@@ -1097,77 +1097,80 @@
   <si>
     <t>Партнер Parallel 0620, АЗС Озерна</t>
   </si>
   <si>
     <t>50.495207736496 30.490563421919</t>
   </si>
   <si>
     <t>м.Київ, пр-т Оболонський,53</t>
   </si>
   <si>
     <t>050 270 40 67</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 160</t>
   </si>
   <si>
     <t>50.672666169147 30.398739781007</t>
   </si>
   <si>
     <t>с.Лютіж Вишгородський р-н, вул. Визволителів, 2-Б</t>
   </si>
   <si>
     <t>0672129179</t>
   </si>
   <si>
-    <t>Партнер Parallel АЗС 162</t>
+    <t>Партнер АЗС 162</t>
   </si>
   <si>
     <t>50.492553702506 30.741905964318</t>
   </si>
   <si>
     <t>м Бровари, вул. Київська, 1</t>
   </si>
   <si>
     <t>0937083480</t>
   </si>
   <si>
     <t>Кофе/Маркет</t>
   </si>
   <si>
-    <t>Партнер Parallel АЗС 164</t>
+    <t>Партнер АЗС 164</t>
   </si>
   <si>
     <t>49.389497734857 30.168700517225</t>
   </si>
   <si>
     <t>смт Ставище, вул. Сергія Цимбала, 5 А</t>
   </si>
   <si>
     <t>0937083464</t>
   </si>
   <si>
+    <t>Автомагазин/Кофе/Фаст фуд/Маркет</t>
+  </si>
+  <si>
     <t>Партнер Parallel АЗС 169, Кільцева</t>
   </si>
   <si>
     <t>50.3966477 30.4200742</t>
   </si>
   <si>
     <t>Київ, вул. Кільцева, 6В</t>
   </si>
   <si>
     <t>Федишин Антон</t>
   </si>
   <si>
     <t>095-495-21-03</t>
   </si>
   <si>
     <t>Автомагазин/Кафе/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
     <t>Жашків 0635 Прайм</t>
   </si>
   <si>
     <t>49.232439 30.082564</t>
   </si>
   <si>
     <t>м. Жашків, автодорога Київ-Одеса, 148км+685м</t>
@@ -1463,50 +1466,77 @@
   <si>
     <t>063-104-52-04</t>
   </si>
   <si>
     <t>Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
     <t>АЗС 104</t>
   </si>
   <si>
     <t>48.8346116 37.3877248</t>
   </si>
   <si>
     <t>Донецька область, Краматорський район,селище Черкаське, вул.Шевченка, буд. 15</t>
   </si>
   <si>
     <t>Степанченко Анастасия</t>
   </si>
   <si>
     <t>063-104-52-07</t>
   </si>
   <si>
     <t>Кофе/Фаст фуд/WI-FI/Маркет</t>
   </si>
   <si>
+    <t>АЗС 0713</t>
+  </si>
+  <si>
+    <t>48.783561 37.594518</t>
+  </si>
+  <si>
+    <t>Донецька область, місто Краматорськ, смт. Ясногірка вул. Баженова, буд. 2-А</t>
+  </si>
+  <si>
+    <t>050 072 01 77</t>
+  </si>
+  <si>
+    <t>АЗС 0714</t>
+  </si>
+  <si>
+    <t>48.88615 37.64498</t>
+  </si>
+  <si>
+    <t>Донецька обл.,Краматорський район, місто Слов'янськ, Київ-Должанський Траса, буд. 1</t>
+  </si>
+  <si>
+    <t>Степанченко Анастасія</t>
+  </si>
+  <si>
+    <t>050 326 69 51</t>
+  </si>
+  <si>
     <t>Запорізька область</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 1151</t>
   </si>
   <si>
     <t>47.838177 35.007734</t>
   </si>
   <si>
     <t>Запорiзька обл.,с.Нове Запоріжжя, вул.Центральна, 1Г</t>
   </si>
   <si>
     <t>050-012-2803</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 1154</t>
   </si>
   <si>
     <t>47.891502 34.981565</t>
   </si>
   <si>
     <t>Запорiзька обл., с. Сонячне, вул. Сонячне шоссе, 4</t>
   </si>
   <si>
     <t>093-530-0633</t>
@@ -1673,51 +1703,51 @@
   <si>
     <t>Партнер Parallel 0630, АЗС Графа фон Шенборна</t>
   </si>
   <si>
     <t>48.431568262142 22.674129783579</t>
   </si>
   <si>
     <t>Закарпатська обл., м.Мукачево, вул. Графа фон Шенборна,108</t>
   </si>
   <si>
     <t>095 292 30 52</t>
   </si>
   <si>
     <t>Партнер Мотто 0117, АЗС Холмок</t>
   </si>
   <si>
     <t>48.56923570874 22.270701284146</t>
   </si>
   <si>
     <t>Закарпатська область, Ужгородський район, с. Холмок, вул. Свободи, будинок 1 «А»</t>
   </si>
   <si>
     <t>050-484-15-14</t>
   </si>
   <si>
-    <t>Партнер Мотто 0631, АЗС Зняцьово</t>
+    <t>Партнер Parallel 0631, АЗС Зняцьово</t>
   </si>
   <si>
     <t>48.484436808406 22.543900267738</t>
   </si>
   <si>
     <t>Закарпатська обл., Мукачівський р-н, с.Зняцьово, вул.Центральна,68Б</t>
   </si>
   <si>
     <t>095 292 31 17</t>
   </si>
   <si>
     <t>Партнер Parallel 0629, АЗС Пряшівська</t>
   </si>
   <si>
     <t>48.425062426632 22.732778180133</t>
   </si>
   <si>
     <t>Закарпатська обл., м.Мукачево, вул. Пряшівська,2-б</t>
   </si>
   <si>
     <t>050 375 26 71</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кофе/Фаст фуд/Маркет/TIR Parking/WC</t>
   </si>
@@ -1835,147 +1865,153 @@
   <si>
     <t>Чернігівська область</t>
   </si>
   <si>
     <t>Партнер Мотто 0218, АЗС Чернігів</t>
   </si>
   <si>
     <t>51.48212724167 31.272510569917</t>
   </si>
   <si>
     <t>м. Чернігів, вулиця Мазепи Івана (колишня: вулиця Щорса), будинок 54а (С)</t>
   </si>
   <si>
     <t>095-780-72-34</t>
   </si>
   <si>
     <t>Партнер Мотто 0632, АЗС Зруб</t>
   </si>
   <si>
     <t>51.13755 31.6799</t>
   </si>
   <si>
     <t>Чернігівська обл, Ніжинський р-н,с.Зруб, вул.Жовтнева,49</t>
   </si>
   <si>
-    <t>099 900 68 61</t>
+    <t>0683873860</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 0633</t>
   </si>
   <si>
     <t>51.0652904 31.1567513</t>
   </si>
   <si>
     <t>Чернігівська обл., с. Кіпті, вул. Слов'янська, 68</t>
   </si>
   <si>
     <t>Чернікова Тетяна</t>
   </si>
   <si>
     <t>0753037350</t>
   </si>
   <si>
     <t>Автомагазин/Кофе/Фаст фуд/WI-FI/Маркет/TIR Parking/WC</t>
   </si>
   <si>
     <t>Херсонська область</t>
   </si>
   <si>
     <t>Партнер Мотто 0217, АЗС Бериславське шосе</t>
   </si>
   <si>
     <t>46.668673389973 32.633403126012</t>
   </si>
   <si>
     <t>Херсонська область, м. Херсон, Бериславське шосе, будинок 15 (С)</t>
   </si>
   <si>
     <t>095-780-70-41</t>
   </si>
   <si>
     <t>Чернівецька область</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0401</t>
   </si>
   <si>
     <t>48.278855 26.057723</t>
   </si>
   <si>
     <t>Чернівецька обл., с. Остриця, вул. Чернівецька, 35</t>
   </si>
   <si>
-    <t>Михайло Книжницький</t>
-[...2 lines deleted...]
-    <t>050 738 39 24</t>
+    <t>Фещук Володимир</t>
+  </si>
+  <si>
+    <t>0955789225</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кофе/WI-FI/Маркет/TIR Parking/WC</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0402</t>
   </si>
   <si>
     <t>48.25516 25.96664</t>
   </si>
   <si>
     <t>м. Чернівці, вул. Південно-Кільцева, 37</t>
   </si>
   <si>
-    <t>Фещук Володимир</t>
-[...1 lines deleted...]
-  <si>
     <t>095 578 92 25</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0403</t>
   </si>
   <si>
     <t>48.0758831 25.9076961</t>
   </si>
   <si>
     <t>Чернівецька обл., смт. Глибока, вул. Героїв Небесної Сотні, 2В</t>
   </si>
   <si>
+    <t>Юрій Деревенець</t>
+  </si>
+  <si>
+    <t>0501742265</t>
+  </si>
+  <si>
     <t>Партнер OIL START АЗС 0404</t>
   </si>
   <si>
     <t>48.268856 26.001676</t>
   </si>
   <si>
     <t>Чернівецька обл., с. Остриця, вул. Садова, 2</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0405</t>
   </si>
   <si>
     <t>48.22221 25.981797</t>
   </si>
   <si>
     <t>Чернівецька обл., с. Коровія, вул. Головна, 81</t>
+  </si>
+  <si>
+    <t>Деревенец Юрий</t>
   </si>
   <si>
     <t>Автомагазин/WI-FI/WC</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0406</t>
   </si>
   <si>
     <t>48.492395 26.477902</t>
   </si>
   <si>
     <t>Чернівецька обл., м. Хотин, вул. Незалежності, 47 Б</t>
   </si>
   <si>
     <t>Партнер OIL START АЗС 0407</t>
   </si>
   <si>
     <t>48.280219 25.969093</t>
   </si>
   <si>
     <t>м. Чернівці, вул. Винниченка, 117 А</t>
   </si>
 </sst>
 </file>
 
@@ -2299,51 +2335,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J141"/>
+  <dimension ref="A1:J143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="55.272217" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="155.67627" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.560791" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="94.262695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -2465,53 +2501,50 @@
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="I5" t="s">
         <v>7</v>
       </c>
       <c r="J5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6" t="s">
         <v>34</v>
       </c>
       <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="I6" t="s">
         <v>14</v>
       </c>
       <c r="J6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>39</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
@@ -2702,50 +2735,53 @@
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>75</v>
       </c>
       <c r="I14" t="s">
         <v>14</v>
       </c>
       <c r="J14" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
         <v>76</v>
       </c>
       <c r="B15" t="s">
         <v>77</v>
       </c>
       <c r="C15" t="s">
         <v>78</v>
       </c>
       <c r="D15" t="s">
         <v>79</v>
       </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
       <c r="F15" t="s">
         <v>80</v>
       </c>
       <c r="G15" t="s">
         <v>81</v>
       </c>
       <c r="I15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
         <v>76</v>
       </c>
       <c r="B16" t="s">
         <v>82</v>
       </c>
       <c r="C16" t="s">
         <v>83</v>
       </c>
       <c r="D16" t="s">
         <v>84</v>
       </c>
       <c r="F16" t="s">
         <v>85</v>
@@ -3520,50 +3556,53 @@
         <v>12</v>
       </c>
       <c r="G45" t="s">
         <v>220</v>
       </c>
       <c r="I45" t="s">
         <v>14</v>
       </c>
       <c r="J45" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
         <v>185</v>
       </c>
       <c r="B46" t="s">
         <v>222</v>
       </c>
       <c r="C46" t="s">
         <v>223</v>
       </c>
       <c r="D46" t="s">
         <v>224</v>
       </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
       <c r="G46" t="s">
         <v>225</v>
       </c>
       <c r="I46" t="s">
         <v>14</v>
       </c>
       <c r="J46" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
         <v>185</v>
       </c>
       <c r="B47" t="s">
         <v>226</v>
       </c>
       <c r="C47" t="s">
         <v>227</v>
       </c>
       <c r="D47" t="s">
         <v>228</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
@@ -4020,53 +4059,50 @@
         <v>12</v>
       </c>
       <c r="G64" t="s">
         <v>300</v>
       </c>
       <c r="I64" t="s">
         <v>14</v>
       </c>
       <c r="J64" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
         <v>230</v>
       </c>
       <c r="B65" t="s">
         <v>301</v>
       </c>
       <c r="C65" t="s">
         <v>302</v>
       </c>
       <c r="D65" t="s">
         <v>303</v>
       </c>
-      <c r="E65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G65" t="s">
         <v>304</v>
       </c>
       <c r="I65" t="s">
         <v>14</v>
       </c>
       <c r="J65" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
         <v>230</v>
       </c>
       <c r="B66" t="s">
         <v>306</v>
       </c>
       <c r="C66" t="s">
         <v>307</v>
       </c>
       <c r="D66" t="s">
         <v>308</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
@@ -4124,53 +4160,50 @@
         <v>12</v>
       </c>
       <c r="G68" t="s">
         <v>317</v>
       </c>
       <c r="I68" t="s">
         <v>14</v>
       </c>
       <c r="J68" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
         <v>230</v>
       </c>
       <c r="B69" t="s">
         <v>318</v>
       </c>
       <c r="C69" t="s">
         <v>319</v>
       </c>
       <c r="D69" t="s">
         <v>320</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G69" t="s">
         <v>321</v>
       </c>
       <c r="I69" t="s">
         <v>14</v>
       </c>
       <c r="J69" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
         <v>230</v>
       </c>
       <c r="B70" t="s">
         <v>322</v>
       </c>
       <c r="C70" t="s">
         <v>323</v>
       </c>
       <c r="D70" t="s">
         <v>324</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
@@ -4423,1688 +4456,1746 @@
       </c>
       <c r="J79" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>230</v>
       </c>
       <c r="B80" t="s">
         <v>361</v>
       </c>
       <c r="C80" t="s">
         <v>362</v>
       </c>
       <c r="D80" t="s">
         <v>363</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="G80" t="s">
         <v>364</v>
       </c>
       <c r="I80" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J80" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>230</v>
       </c>
       <c r="B81" t="s">
         <v>366</v>
       </c>
       <c r="C81" t="s">
         <v>367</v>
       </c>
       <c r="D81" t="s">
         <v>368</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="G81" t="s">
         <v>369</v>
       </c>
       <c r="I81" t="s">
         <v>14</v>
       </c>
       <c r="J81" t="s">
-        <v>124</v>
+        <v>370</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
         <v>230</v>
       </c>
       <c r="B82" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C82" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D82" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G82" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="I82" t="s">
         <v>14</v>
       </c>
       <c r="J82" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
         <v>230</v>
       </c>
       <c r="B83" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C83" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D83" t="s">
-        <v>378</v>
+        <v>379</v>
+      </c>
+      <c r="E83" t="s">
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G83" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
         <v>230</v>
       </c>
       <c r="B84" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C84" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D84" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="G84" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I84" t="s">
         <v>14</v>
       </c>
       <c r="J84" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
         <v>230</v>
       </c>
       <c r="B85" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C85" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D85" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="G85" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="I85" t="s">
         <v>14</v>
       </c>
       <c r="J85" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
         <v>230</v>
       </c>
       <c r="B86" t="s">
+        <v>394</v>
+      </c>
+      <c r="C86" t="s">
+        <v>395</v>
+      </c>
+      <c r="D86" t="s">
+        <v>396</v>
+      </c>
+      <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>391</v>
+      </c>
+      <c r="G86" t="s">
+        <v>397</v>
+      </c>
+      <c r="I86" t="s">
+        <v>14</v>
+      </c>
+      <c r="J86" t="s">
         <v>393</v>
-      </c>
-[...19 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
         <v>230</v>
       </c>
       <c r="B87" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C87" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D87" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G87" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="I87" t="s">
         <v>14</v>
       </c>
       <c r="J87" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
         <v>230</v>
       </c>
       <c r="B88" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C88" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D88" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G88" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="I88" t="s">
         <v>14</v>
       </c>
       <c r="J88" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
         <v>230</v>
       </c>
       <c r="B89" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C89" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D89" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="G89" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I89" t="s">
         <v>14</v>
       </c>
       <c r="J89" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
         <v>230</v>
       </c>
       <c r="B90" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C90" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D90" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="G90" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="I90" t="s">
         <v>14</v>
       </c>
       <c r="J90" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
         <v>230</v>
       </c>
       <c r="B91" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C91" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D91" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G91" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="I91" t="s">
         <v>14</v>
       </c>
       <c r="J91" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
         <v>230</v>
       </c>
       <c r="B92" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C92" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D92" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G92" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B93" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C93" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D93" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F93" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="G93" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="I93" t="s">
         <v>7</v>
       </c>
       <c r="J93" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B94" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C94" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D94" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="G94" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I94" t="s">
         <v>14</v>
       </c>
       <c r="J94" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B95" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C95" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D95" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="G95" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I95" t="s">
         <v>14</v>
       </c>
       <c r="J95" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B96" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C96" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D96" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="G96" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I96" t="s">
         <v>14</v>
       </c>
       <c r="J96" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B97" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C97" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D97" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="I97" t="s">
         <v>14</v>
       </c>
       <c r="J97" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B98" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C98" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D98" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="I98" t="s">
         <v>14</v>
       </c>
       <c r="J98" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B99" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C99" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D99" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="I99" t="s">
         <v>14</v>
       </c>
       <c r="J99" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B100" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C100" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D100" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="I100" t="s">
         <v>14</v>
       </c>
       <c r="J100" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B101" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C101" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D101" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="G101" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I101" t="s">
         <v>14</v>
       </c>
       <c r="J101" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B102" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C102" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D102" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="G102" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="I102" t="s">
         <v>14</v>
       </c>
       <c r="J102" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B103" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C103" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D103" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="G103" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="I103" t="s">
         <v>14</v>
       </c>
       <c r="J103" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B104" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C104" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D104" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="G104" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="I104" t="s">
         <v>14</v>
       </c>
       <c r="J104" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
-        <v>483</v>
+        <v>443</v>
       </c>
       <c r="B105" t="s">
         <v>484</v>
       </c>
       <c r="C105" t="s">
         <v>485</v>
       </c>
       <c r="D105" t="s">
         <v>486</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
+      <c r="F105" t="s">
+        <v>481</v>
+      </c>
       <c r="G105" t="s">
         <v>487</v>
       </c>
       <c r="I105" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
-        <v>483</v>
+        <v>443</v>
       </c>
       <c r="B106" t="s">
         <v>488</v>
       </c>
       <c r="C106" t="s">
         <v>489</v>
       </c>
       <c r="D106" t="s">
         <v>490</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
+      <c r="F106" t="s">
+        <v>491</v>
+      </c>
       <c r="G106" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="I106" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>492</v>
+        <v>7</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="B107" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C107" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D107" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="G107" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I107" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="B108" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C108" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D108" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="G108" t="s">
         <v>501</v>
       </c>
       <c r="I108" t="s">
         <v>14</v>
       </c>
       <c r="J108" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="B109" t="s">
         <v>503</v>
       </c>
       <c r="C109" t="s">
         <v>504</v>
       </c>
       <c r="D109" t="s">
         <v>505</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
-      <c r="F109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" t="s">
         <v>506</v>
       </c>
       <c r="I109" t="s">
-        <v>7</v>
+        <v>14</v>
+      </c>
+      <c r="J109" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
+        <v>493</v>
+      </c>
+      <c r="B110" t="s">
         <v>507</v>
       </c>
-      <c r="B110" t="s">
+      <c r="C110" t="s">
         <v>508</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
         <v>509</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" t="s">
+        <v>12</v>
+      </c>
+      <c r="F110" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G110" t="s">
         <v>511</v>
       </c>
       <c r="I110" t="s">
         <v>14</v>
       </c>
       <c r="J110" t="s">
-        <v>32</v>
+        <v>512</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
-        <v>507</v>
+        <v>493</v>
       </c>
       <c r="B111" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C111" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D111" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
+      <c r="F111" t="s">
+        <v>510</v>
+      </c>
       <c r="G111" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="I111" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="B112" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C112" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D112" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="G112" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="I112" t="s">
         <v>14</v>
       </c>
       <c r="J112" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="B113" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C113" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D113" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="G113" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="I113" t="s">
         <v>14</v>
       </c>
       <c r="J113" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="B114" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C114" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D114" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="G114" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="I114" t="s">
         <v>14</v>
       </c>
       <c r="J114" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="B115" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C115" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D115" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="G115" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="I115" t="s">
         <v>14</v>
       </c>
       <c r="J115" t="s">
-        <v>32</v>
+        <v>124</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="B116" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C116" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D116" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="G116" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="I116" t="s">
         <v>14</v>
       </c>
       <c r="J116" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="B117" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C117" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D117" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="G117" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="I117" t="s">
         <v>14</v>
       </c>
       <c r="J117" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="B118" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C118" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D118" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="G118" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="I118" t="s">
         <v>14</v>
       </c>
       <c r="J118" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="B119" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C119" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="D119" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="G119" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="I119" t="s">
         <v>14</v>
       </c>
       <c r="J119" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="B120" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C120" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D120" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="G120" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="I120" t="s">
         <v>14</v>
       </c>
       <c r="J120" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="B121" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C121" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D121" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="G121" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="I121" t="s">
         <v>14</v>
       </c>
       <c r="J121" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="B122" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C122" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D122" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="G122" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="I122" t="s">
         <v>14</v>
       </c>
       <c r="J122" t="s">
-        <v>561</v>
+        <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
-        <v>562</v>
+        <v>534</v>
       </c>
       <c r="B123" t="s">
         <v>563</v>
       </c>
       <c r="C123" t="s">
         <v>564</v>
       </c>
       <c r="D123" t="s">
         <v>565</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="G123" t="s">
         <v>566</v>
       </c>
       <c r="I123" t="s">
         <v>14</v>
       </c>
       <c r="J123" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
+        <v>534</v>
+      </c>
+      <c r="B124" t="s">
         <v>567</v>
       </c>
-      <c r="B124" t="s">
+      <c r="C124" t="s">
         <v>568</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>569</v>
       </c>
-      <c r="D124" t="s">
+      <c r="E124" t="s">
+        <v>12</v>
+      </c>
+      <c r="G124" t="s">
         <v>570</v>
       </c>
-      <c r="E124" t="s">
-[...2 lines deleted...]
-      <c r="G124" t="s">
+      <c r="I124" t="s">
+        <v>14</v>
+      </c>
+      <c r="J124" t="s">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
         <v>572</v>
       </c>
       <c r="B125" t="s">
         <v>573</v>
       </c>
       <c r="C125" t="s">
         <v>574</v>
       </c>
       <c r="D125" t="s">
         <v>575</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="G125" t="s">
         <v>576</v>
       </c>
       <c r="I125" t="s">
         <v>14</v>
       </c>
       <c r="J125" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="B126" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C126" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D126" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="G126" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="I126" t="s">
         <v>14</v>
       </c>
       <c r="J126" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B127" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C127" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D127" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="G127" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="I127" t="s">
         <v>14</v>
       </c>
       <c r="J127" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B128" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C128" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D128" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="G128" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="I128" t="s">
         <v>14</v>
       </c>
       <c r="J128" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="B129" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C129" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D129" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="G129" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="I129" t="s">
         <v>14</v>
       </c>
       <c r="J129" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="B130" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C130" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D130" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="G130" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="I130" t="s">
         <v>14</v>
       </c>
       <c r="J130" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="B131" t="s">
         <v>600</v>
       </c>
       <c r="C131" t="s">
         <v>601</v>
       </c>
       <c r="D131" t="s">
         <v>602</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="G131" t="s">
         <v>603</v>
       </c>
       <c r="I131" t="s">
         <v>14</v>
       </c>
       <c r="J131" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="B132" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C132" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D132" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="G132" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="I132" t="s">
         <v>14</v>
       </c>
       <c r="J132" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="B133" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C133" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D133" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
-      <c r="F133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G133" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="I133" t="s">
         <v>14</v>
       </c>
       <c r="J133" t="s">
-        <v>613</v>
+        <v>124</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
+        <v>609</v>
+      </c>
+      <c r="B134" t="s">
         <v>614</v>
       </c>
-      <c r="B134" t="s">
+      <c r="C134" t="s">
         <v>615</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>616</v>
       </c>
-      <c r="D134" t="s">
+      <c r="E134" t="s">
+        <v>12</v>
+      </c>
+      <c r="G134" t="s">
         <v>617</v>
       </c>
-      <c r="E134" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I134" t="s">
         <v>14</v>
       </c>
       <c r="J134" t="s">
-        <v>216</v>
+        <v>124</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
+        <v>609</v>
+      </c>
+      <c r="B135" t="s">
+        <v>618</v>
+      </c>
+      <c r="C135" t="s">
         <v>619</v>
       </c>
-      <c r="B135" t="s">
+      <c r="D135" t="s">
         <v>620</v>
       </c>
-      <c r="C135" t="s">
+      <c r="E135" t="s">
+        <v>12</v>
+      </c>
+      <c r="F135" t="s">
         <v>621</v>
       </c>
-      <c r="D135" t="s">
+      <c r="G135" t="s">
         <v>622</v>
       </c>
-      <c r="F135" t="s">
+      <c r="I135" t="s">
+        <v>14</v>
+      </c>
+      <c r="J135" t="s">
         <v>623</v>
-      </c>
-[...7 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="B136" t="s">
+        <v>625</v>
+      </c>
+      <c r="C136" t="s">
         <v>626</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
         <v>627</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" t="s">
+        <v>12</v>
+      </c>
+      <c r="G136" t="s">
         <v>628</v>
       </c>
-      <c r="E136" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I136" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J136" t="s">
-        <v>50</v>
+        <v>216</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="B137" t="s">
+        <v>630</v>
+      </c>
+      <c r="C137" t="s">
         <v>631</v>
       </c>
-      <c r="C137" t="s">
+      <c r="D137" t="s">
         <v>632</v>
       </c>
-      <c r="D137" t="s">
+      <c r="E137" t="s">
+        <v>12</v>
+      </c>
+      <c r="F137" t="s">
         <v>633</v>
       </c>
-      <c r="E137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G137" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="I137" t="s">
         <v>65</v>
       </c>
       <c r="J137" t="s">
-        <v>305</v>
+        <v>635</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="B138" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C138" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D138" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="G138" t="s">
-        <v>624</v>
+        <v>639</v>
       </c>
       <c r="I138" t="s">
         <v>65</v>
       </c>
       <c r="J138" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="B139" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="C139" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="D139" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>629</v>
+        <v>643</v>
       </c>
       <c r="G139" t="s">
-        <v>630</v>
+        <v>644</v>
       </c>
       <c r="I139" t="s">
         <v>65</v>
       </c>
       <c r="J139" t="s">
-        <v>640</v>
+        <v>305</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="B140" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C140" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="D140" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="G140" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="I140" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="J140" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="B141" t="s">
+        <v>648</v>
+      </c>
+      <c r="C141" t="s">
+        <v>649</v>
+      </c>
+      <c r="D141" t="s">
+        <v>650</v>
+      </c>
+      <c r="E141" t="s">
+        <v>12</v>
+      </c>
+      <c r="F141" t="s">
+        <v>651</v>
+      </c>
+      <c r="G141" t="s">
         <v>644</v>
-      </c>
-[...13 lines deleted...]
-        <v>630</v>
       </c>
       <c r="I141" t="s">
         <v>65</v>
       </c>
       <c r="J141" t="s">
-        <v>375</v>
+        <v>652</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10">
+      <c r="A142" t="s">
+        <v>629</v>
+      </c>
+      <c r="B142" t="s">
+        <v>653</v>
+      </c>
+      <c r="C142" t="s">
+        <v>654</v>
+      </c>
+      <c r="D142" t="s">
+        <v>655</v>
+      </c>
+      <c r="E142" t="s">
+        <v>12</v>
+      </c>
+      <c r="F142" t="s">
+        <v>633</v>
+      </c>
+      <c r="G142" t="s">
+        <v>634</v>
+      </c>
+      <c r="I142" t="s">
+        <v>14</v>
+      </c>
+      <c r="J142" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" t="s">
+        <v>629</v>
+      </c>
+      <c r="B143" t="s">
+        <v>656</v>
+      </c>
+      <c r="C143" t="s">
+        <v>657</v>
+      </c>
+      <c r="D143" t="s">
+        <v>658</v>
+      </c>
+      <c r="E143" t="s">
+        <v>12</v>
+      </c>
+      <c r="F143" t="s">
+        <v>633</v>
+      </c>
+      <c r="G143" t="s">
+        <v>639</v>
+      </c>
+      <c r="I143" t="s">
+        <v>65</v>
+      </c>
+      <c r="J143" t="s">
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">