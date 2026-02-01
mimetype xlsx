--- v1 (2025-12-07)
+++ v2 (2026-02-01)
@@ -12,179 +12,179 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="659">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="654">
   <si>
     <t>Кіровоградська область</t>
   </si>
   <si>
     <t>Знам'янка</t>
   </si>
   <si>
     <t>48.712441 32.706141</t>
   </si>
   <si>
     <t>м. Знам'янка вул. Віктора Голого, 130а</t>
   </si>
   <si>
     <t>Ландирев Олександр</t>
   </si>
   <si>
     <t>066 496 12 97</t>
   </si>
   <si>
     <t>TIR POINT</t>
   </si>
   <si>
     <t>ДТ</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Душ/Кофе/Фаст фуд/WI-FI/Маркет/TIR Parking/WC</t>
   </si>
   <si>
-    <t>Партнер Мотто 0120, АЗС Садова</t>
+    <t>Партнер Параллель 0120, АЗС Садова</t>
   </si>
   <si>
     <t>48.491991360547 32.263040250016</t>
   </si>
   <si>
     <t>Кіровоградська область, м. Кропивницький, вулиця Садова, будинок 55а (М)</t>
   </si>
   <si>
     <t>партнер</t>
   </si>
   <si>
     <t>050-484-13-66</t>
   </si>
   <si>
     <t>А-95/ДТ/ГАЗ</t>
   </si>
   <si>
     <t>AdBlue/Кофе/Фаст фуд/WI-FI/WC</t>
   </si>
   <si>
-    <t>Партнер Мотто 0119, АЗС Велика Северинка</t>
+    <t>Партнер Параллель 0119, АЗС Велика Северинка</t>
   </si>
   <si>
     <t>48.616305105285 32.233008739598</t>
   </si>
   <si>
     <t>Кіровоградська область, Кіровоградський район, с. Велика Северинка, вулиця Степова, будинок 19а (М)</t>
   </si>
   <si>
     <t>050-484-14-92</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кофе/WI-FI/Маркет/WC</t>
   </si>
   <si>
     <t>Черкаська область</t>
   </si>
   <si>
     <t>Умань</t>
   </si>
   <si>
     <t>48.527156323235 30.227310325232</t>
   </si>
   <si>
     <t>Траса Київ-Одеса, 231км</t>
   </si>
   <si>
     <t>Дрозденко Сергій</t>
   </si>
   <si>
     <t>+38 066 040 54 77</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кофе/Фаст фуд/WI-FI/Маркет</t>
   </si>
   <si>
     <t>Умань 2</t>
   </si>
   <si>
     <t>48.542459 30.229534</t>
   </si>
   <si>
     <t>Черкаська обл. Уманський район с. Ладижинка автодорога Київ-Одеса 230км</t>
   </si>
   <si>
     <t>+38 066 040 54 89</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
-    <t>Партнер Мотто 0143, АЗС Ротмистрівка</t>
+    <t>Партнер Параллель 0143, АЗС Ротмистрівка</t>
   </si>
   <si>
     <t>49.138266000785 31.713887414753</t>
   </si>
   <si>
     <t>Черкаська область, Смілянський район, с. Ротмістрівка, вул. Шевченка, будинок 15 (М)</t>
   </si>
   <si>
     <t>050-484-11-26</t>
   </si>
   <si>
     <t>Партнер Мотто 0144, АЗС Балаклея</t>
   </si>
   <si>
     <t>49.227428468111 31.735894073974</t>
   </si>
   <si>
     <t>Черкаська область, Смілянський район, с. Балаклея, вулиця Миру, будинок 164</t>
   </si>
   <si>
     <t>050-369-28-08</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кофе/Фаст фуд/WI-FI/WC</t>
   </si>
   <si>
-    <t>Партнер Мотто 0615, АЗС Валявська</t>
+    <t>Партнер Параллель 0615, АЗС Валявська</t>
   </si>
   <si>
     <t>49.306831743037 31.393464904506</t>
   </si>
   <si>
     <t>Черкаська обл., Городищенський р-н., Валявська с/рада, автодорога Київ-Знам`янка 160 км</t>
   </si>
   <si>
     <t>050 399 16 15</t>
   </si>
   <si>
     <t>Партнер Parallel 0141, АЗС Хіміків</t>
   </si>
   <si>
     <t>49.4014338181 32.056960353119</t>
   </si>
   <si>
     <t>Черкаська область, м. Черкаси, проспект Хіміків, будинок 55/1 (М)</t>
   </si>
   <si>
     <t>050-484-12-48</t>
   </si>
   <si>
     <t>Автомагазин/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
@@ -230,51 +230,51 @@
   <si>
     <t>+38 066 040 57 10</t>
   </si>
   <si>
     <t>А-95/ДТ</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Душ/Кафе/Кофе/Фаст фуд/WI-FI/Маркет/TIR Parking/Прачечная/WC</t>
   </si>
   <si>
     <t>АЗС Партнер Сарны 2</t>
   </si>
   <si>
     <t>51.31637 26.61959</t>
   </si>
   <si>
     <t>Ровенская область , г. Сарны , ул. Варшавская, 4, за постом полиции.</t>
   </si>
   <si>
     <t>Галах Сергій</t>
   </si>
   <si>
     <t>0954952130</t>
   </si>
   <si>
-    <t>Партнер Мотто 0130, АЗС Колоденка</t>
+    <t>Партнер Параллель 0130, АЗС Колоденка</t>
   </si>
   <si>
     <t>50.578404769437 26.306065308499</t>
   </si>
   <si>
     <t>Рівненська область, Рівненський район, с. Колоденка, вул. Зелена, будинок 55</t>
   </si>
   <si>
     <t>050-484-12-19</t>
   </si>
   <si>
     <t>Дніпропетровська область</t>
   </si>
   <si>
     <t>Кривий Ріг</t>
   </si>
   <si>
     <t>47.933353 33.32498</t>
   </si>
   <si>
     <t>Дніпропетровська обл. ,м. Кривий Ріг , вул. Лозуватська, 116 (Під час руху з міста, перед кафе "Околиця", поворот на право)</t>
   </si>
   <si>
     <t>Семенов В'ячеслав</t>
   </si>
@@ -314,51 +314,51 @@
   <si>
     <t>Партнер Мотто 0508, АЗС Космічна</t>
   </si>
   <si>
     <t>48.4123 35.04273</t>
   </si>
   <si>
     <t>Дніпропетровська обл., м.Дніпро, Соборний р-н, вул.Космічна,28а</t>
   </si>
   <si>
     <t>050 475 12 55</t>
   </si>
   <si>
     <t>Партнер Мотто 0355, АЗС Нижньодніпровська</t>
   </si>
   <si>
     <t>48.530586 35.038988</t>
   </si>
   <si>
     <t>Дніпровський р-н., смт, Слобожанське, вул. Нижньодніпровська , буд 5 (1027 - Л)</t>
   </si>
   <si>
     <t>050-366-58-69</t>
   </si>
   <si>
-    <t>Партнер Мотто 0115, АЗС Українка</t>
+    <t>Партнер Параллель 0115, АЗС Українка</t>
   </si>
   <si>
     <t>48.499198084722 34.514753245107</t>
   </si>
   <si>
     <t>Дніпропетровська область, Криничанський район, с. Українка, вулиця Дорожна, будинок 10</t>
   </si>
   <si>
     <t>050-484-13-62</t>
   </si>
   <si>
     <t>Партнер Мотто 0114, АЗС Нікополь</t>
   </si>
   <si>
     <t>47.583050957383 34.325891697216</t>
   </si>
   <si>
     <t>Дніпропетровська область, м. Нікополь, вул. Херсонська, будинок 366/1 (М)</t>
   </si>
   <si>
     <t>050-484-14-90</t>
   </si>
   <si>
     <t>Партнер Мотто 0360, АЗС Захарченка</t>
   </si>
@@ -440,314 +440,299 @@
   <si>
     <t>Суми 2</t>
   </si>
   <si>
     <t>50.938098 34.688663</t>
   </si>
   <si>
     <t>Сумський р-н, с. Степанівка, вул. Центральна, 49а</t>
   </si>
   <si>
     <t>+38 066 040 56 98</t>
   </si>
   <si>
     <t>Партнер Мотто 0131, АЗС Суми</t>
   </si>
   <si>
     <t>50.926423630748 34.789838120677</t>
   </si>
   <si>
     <t>Сумська область, м. Суми, вул. Металургів, будинок 17а (М)</t>
   </si>
   <si>
     <t>050-484-12-14</t>
   </si>
   <si>
+    <t>Полтавська область</t>
+  </si>
+  <si>
+    <t>Супрунівка</t>
+  </si>
+  <si>
+    <t>49.5790002 34.394051</t>
+  </si>
+  <si>
+    <t>Полтавська область, с. Супрунівка, вул. Київська, 2в</t>
+  </si>
+  <si>
+    <t>Ярошенко Валентина</t>
+  </si>
+  <si>
+    <t>+38 066 040 53 02</t>
+  </si>
+  <si>
+    <t>AdBlue/Автомагазин/Душ/Кофе/Фаст фуд/WI-FI/Маркет/TIR Parking/Прачечная/WC</t>
+  </si>
+  <si>
+    <t>Партнер Parallel 0129, АЗС Коноплянка</t>
+  </si>
+  <si>
+    <t>49.673775198114 33.810895656203</t>
+  </si>
+  <si>
+    <t>Полтавська область, Великобагачанський р-н, с. Коноплянка, вул. Шевченка, будинок 6б</t>
+  </si>
+  <si>
+    <t>050-484-12-30</t>
+  </si>
+  <si>
+    <t>Партнер Parallel 0127, АЗС Недогарки</t>
+  </si>
+  <si>
+    <t>49.185370010784 33.222790361257</t>
+  </si>
+  <si>
+    <t>Полтавська область, Кременчуцький район, с. Недогарки, вул. Київська, будинок 157 (М)</t>
+  </si>
+  <si>
+    <t>050-484-14-11</t>
+  </si>
+  <si>
+    <t>Партнер Parallel 0125, АЗС Горбанівка</t>
+  </si>
+  <si>
+    <t>49.562057864569 34.488744068111</t>
+  </si>
+  <si>
+    <t>Полтавська область, Полтавський район, с. Горбанівка, вулиця Київське шосе, 31</t>
+  </si>
+  <si>
+    <t>050-484-12-84</t>
+  </si>
+  <si>
+    <t>Партнер Parallel 0128, АЗС Вікторія</t>
+  </si>
+  <si>
+    <t>50.249683442938 32.283968867272</t>
+  </si>
+  <si>
+    <t>Полтавська область, Пирятинський район, с. Вікторія, вул. Київська, будинок 1 (М)</t>
+  </si>
+  <si>
+    <t>050-484-11-93</t>
+  </si>
+  <si>
+    <t>Партнер Parallel 0124, АЗС Серьогіна</t>
+  </si>
+  <si>
+    <t>49.558128491753 34.508849235584</t>
+  </si>
+  <si>
+    <t>м. Полтава, вул. Серьогіна, будинок 4б</t>
+  </si>
+  <si>
+    <t>050-484-15-02</t>
+  </si>
+  <si>
+    <t>AdBlue/Автомагазин/Кофе/Фаст фуд/Маркет/WC</t>
+  </si>
+  <si>
+    <t>Партнер Parallel 0126, АЗС Чкалова</t>
+  </si>
+  <si>
+    <t>49.094513124915 33.451769347215</t>
+  </si>
+  <si>
+    <t>Полтавська область, м. Кременчук, вулиця Чкалова, будинок 213</t>
+  </si>
+  <si>
+    <t>050-484-13-90</t>
+  </si>
+  <si>
+    <t>Одеська область</t>
+  </si>
+  <si>
+    <t>Любашівка</t>
+  </si>
+  <si>
+    <t>47.619949 30.311557</t>
+  </si>
+  <si>
+    <t>Одеська обл, с. Троїцьке, провул. Лісовий, 5</t>
+  </si>
+  <si>
+    <t>Войцек Денис</t>
+  </si>
+  <si>
+    <t>+38 066 040 55 92</t>
+  </si>
+  <si>
+    <t>AdBlue/Etalon Юг/Автомагазин/Душ/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
+  </si>
+  <si>
+    <t>Любашівка 2</t>
+  </si>
+  <si>
+    <t>47.619101 30.310487</t>
+  </si>
+  <si>
+    <t>Одеська обл., с. Троїцьке, провул. Лісовий, 4</t>
+  </si>
+  <si>
+    <t>+38 066 040 56 38</t>
+  </si>
+  <si>
+    <t>AdBlue/Etalon Юг/Автомагазин/Душ/Кофе/Фаст фуд/WI-FI/Маркет/Прачечная/WC</t>
+  </si>
+  <si>
+    <t>Партнер Parallel 0213, АЗС Чорноморськ</t>
+  </si>
+  <si>
+    <t>46.319857418686 30.637898538266</t>
+  </si>
+  <si>
+    <t>Одеська область, м. Чорноморськ, вулиця Перемоги, будинок 15-Т (С)</t>
+  </si>
+  <si>
+    <t>095-780-70-22</t>
+  </si>
+  <si>
+    <t>AdBlue/Etalon Юг/Автомагазин/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
+  </si>
+  <si>
+    <t>Партнер Parallel 0214, АЗС Головатого</t>
+  </si>
+  <si>
+    <t>46.519866321915 30.724212813294</t>
+  </si>
+  <si>
+    <t>Одеська область, м. Одеса, вулиця Головатого отамана, будинок 151 (С)</t>
+  </si>
+  <si>
+    <t>095-780-71-20</t>
+  </si>
+  <si>
+    <t>Партнер Parallel АЗС 129, Утконосівка</t>
+  </si>
+  <si>
+    <t>45.492404 28.912464</t>
+  </si>
+  <si>
+    <t>Одеська обл.,Ізмаїльський район, с.Утконосівка, дорога Одеса-Рені 218км+100м (на м.Бухарест),</t>
+  </si>
+  <si>
+    <t>093-726-81-39</t>
+  </si>
+  <si>
+    <t>Etalon Юг/Кофе/WI-FI/Маркет/WC</t>
+  </si>
+  <si>
+    <t>Партнер Parallel АЗС 130, Ізмаїл</t>
+  </si>
+  <si>
+    <t>45.363324 28.812975</t>
+  </si>
+  <si>
+    <t>Одеська обл.,Ізмаїльський район, м. Ізмаїл, вул.Гагаріна, 3в</t>
+  </si>
+  <si>
+    <t>093-726-82-08</t>
+  </si>
+  <si>
+    <t>ДТ/ГАЗ</t>
+  </si>
+  <si>
+    <t>Etalon Юг/Автомагазин/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
+  </si>
+  <si>
+    <t>Партнер Parallel 0122, АЗС Усатово</t>
+  </si>
+  <si>
+    <t>46.534443010468 30.642831513083</t>
+  </si>
+  <si>
+    <t>Одеська область, Біляївський район, с/рада Усатівська, автодорога Обхід м. Одеса, 16км+600м</t>
+  </si>
+  <si>
+    <t>050-484-14-86</t>
+  </si>
+  <si>
+    <t>AdBlue/Etalon Юг/Кофе/WI-FI/Маркет/WC</t>
+  </si>
+  <si>
+    <t>Партнер Parallel 0123, АЗС Київське шосе</t>
+  </si>
+  <si>
+    <t>46.491050150627 30.672503180448</t>
+  </si>
+  <si>
+    <t>Одеська область, м. Одеса, Київське шосе, будинок 6</t>
+  </si>
+  <si>
+    <t>050-484-14-82</t>
+  </si>
+  <si>
+    <t>Партнер Parallel 0215, АЗС Таїрово</t>
+  </si>
+  <si>
+    <t>46.374391870971 30.702864040997</t>
+  </si>
+  <si>
+    <t>Одеська область, Овідіопольський район, сщ/рада Таїровська, Масив 11, № 33/1 (С)</t>
+  </si>
+  <si>
+    <t>095-780-70-72</t>
+  </si>
+  <si>
     <t>Львівська область</t>
   </si>
   <si>
-    <t>Львів 2</t>
-[...13 lines deleted...]
-  <si>
     <t>Львів 3</t>
   </si>
   <si>
     <t>49.920057312133 24.227193147824</t>
   </si>
   <si>
     <t>Львівська обл., смт. Запитів , вул.Київська, 185</t>
   </si>
   <si>
     <t>Католик Ірина</t>
   </si>
   <si>
     <t>WC</t>
   </si>
   <si>
-    <t>Полтавська область</t>
-[...229 lines deleted...]
-  <si>
     <t>Київська область</t>
   </si>
   <si>
     <t>Небелиця</t>
   </si>
   <si>
     <t>50.4124107 29.612399</t>
   </si>
   <si>
     <t>Киевская обл., с. Небелиця, вул. Мира, 2а</t>
   </si>
   <si>
     <t>Сугоняко Андрій</t>
   </si>
   <si>
     <t>+38 066 040 54 36</t>
   </si>
   <si>
     <t>Калинівка</t>
   </si>
   <si>
     <t>50.41863 29.82359</t>
   </si>
   <si>
     <t>Київська область, с. Калинівка, вул. Київська, б.120Б</t>
@@ -1643,252 +1628,252 @@
   <si>
     <t>Партнер Мотто 0627, АЗС Кінчеш</t>
   </si>
   <si>
     <t>48.578986497353 22.303994612015</t>
   </si>
   <si>
     <t>Закарпатська обл., Ужгородський р-н, с. Кінчеш, автошлях Кінчеш-Розівка</t>
   </si>
   <si>
     <t>099 370 00 53</t>
   </si>
   <si>
     <t>Партнер Parallel 0622, АЗС Галицького</t>
   </si>
   <si>
     <t>48.460322694265 22.717183827129</t>
   </si>
   <si>
     <t>Закарпатська обл., м.Мукачево, вул.Данила Галицького,100</t>
   </si>
   <si>
     <t>066 290 14 73</t>
   </si>
   <si>
-    <t>Партнер Мотто 0118, АЗС Яноші</t>
+    <t>Партнер Параллель 0118, АЗС Яноші</t>
   </si>
   <si>
     <t>48.241356174069 22.633842227286</t>
   </si>
   <si>
     <t>Закарпатська область, Берегівський р., с. Яноші, вулиця Головна, будинок 1 «в»</t>
   </si>
   <si>
     <t>050-484-13-81</t>
   </si>
   <si>
     <t>Партнер Parallel 0628, АЗС Гребля</t>
   </si>
   <si>
     <t>48.276901237969 23.045146328859</t>
   </si>
   <si>
     <t>Закарпатська обл., Іршавський р-н, с.Гребля, вул.Без назви, 341</t>
   </si>
   <si>
     <t>099 370 00 58</t>
   </si>
   <si>
-    <t>Партнер Мотто 0116, АЗС Баранинці</t>
+    <t>Партнер Параллель 0116, АЗС Баранинці</t>
   </si>
   <si>
     <t>48.590244851893 22.328762411539</t>
   </si>
   <si>
     <t>Закарпатська область, Ужгородський район, с. Баранинці, вулиця Об’їзна, будинок 9</t>
   </si>
   <si>
     <t>050-484-13-44</t>
   </si>
   <si>
     <t>Партнер Parallel 0630, АЗС Графа фон Шенборна</t>
   </si>
   <si>
     <t>48.431568262142 22.674129783579</t>
   </si>
   <si>
     <t>Закарпатська обл., м.Мукачево, вул. Графа фон Шенборна,108</t>
   </si>
   <si>
     <t>095 292 30 52</t>
   </si>
   <si>
-    <t>Партнер Мотто 0117, АЗС Холмок</t>
+    <t>Партнер Параллель 0117, АЗС Холмок</t>
   </si>
   <si>
     <t>48.56923570874 22.270701284146</t>
   </si>
   <si>
     <t>Закарпатська область, Ужгородський район, с. Холмок, вул. Свободи, будинок 1 «А»</t>
   </si>
   <si>
     <t>050-484-15-14</t>
   </si>
   <si>
     <t>Партнер Parallel 0631, АЗС Зняцьово</t>
   </si>
   <si>
     <t>48.484436808406 22.543900267738</t>
   </si>
   <si>
     <t>Закарпатська обл., Мукачівський р-н, с.Зняцьово, вул.Центральна,68Б</t>
   </si>
   <si>
     <t>095 292 31 17</t>
   </si>
   <si>
     <t>Партнер Parallel 0629, АЗС Пряшівська</t>
   </si>
   <si>
     <t>48.425062426632 22.732778180133</t>
   </si>
   <si>
     <t>Закарпатська обл., м.Мукачево, вул. Пряшівська,2-б</t>
   </si>
   <si>
     <t>050 375 26 71</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кофе/Фаст фуд/Маркет/TIR Parking/WC</t>
   </si>
   <si>
     <t>Тернопільська область</t>
   </si>
   <si>
-    <t>Партнер Мотто 0132, АЗС Будного</t>
+    <t>Партнер Параллель 0132, АЗС Будного</t>
   </si>
   <si>
     <t>49.541330590469 25.561140503436</t>
   </si>
   <si>
     <t>Тернопільська область, м. Тернопіль, вул. Будного С., будинок 21</t>
   </si>
   <si>
     <t>050-484-12-22</t>
   </si>
   <si>
     <t>Волинська область</t>
   </si>
   <si>
     <t>Партнер Parallel 0112, АЗС Липини</t>
   </si>
   <si>
     <t>50.745482581229 25.396760012075</t>
   </si>
   <si>
     <t>Волинська область, Луцький район, с. Липини, вул. Рівненська, б. 1к</t>
   </si>
   <si>
     <t>050-484-13-70</t>
   </si>
   <si>
     <t>Хмельницька область</t>
   </si>
   <si>
-    <t>Партнер Мотто 0139, АЗС Валі Котика</t>
+    <t>Партнер Параллель 0139, АЗС Валі Котика</t>
   </si>
   <si>
     <t>50.190639519533 27.039261724161</t>
   </si>
   <si>
     <t>Хмельницька область, м. Шепетівка, вулиця Котика Валі, будинок 172А</t>
   </si>
   <si>
     <t>050-484-12-39</t>
   </si>
   <si>
-    <t>Партнер Мотто 0138, АЗС Летичів</t>
+    <t>Партнер Параллель 0138, АЗС Летичів</t>
   </si>
   <si>
     <t>49.387594067814 27.645789439644</t>
   </si>
   <si>
     <t>Хмельницька область, Летичівський район, смт. Летичів, вул. Савіцького Юрія, будинок 107/2</t>
   </si>
   <si>
     <t>050-484-12-18</t>
   </si>
   <si>
     <t>Вінницька область</t>
   </si>
   <si>
-    <t>Партнер Мотто 0110, АЗС Козятин</t>
+    <t>Партнер Параллель 0110, АЗС Козятин</t>
   </si>
   <si>
     <t>49.696577536514 28.824792468473</t>
   </si>
   <si>
     <t>Вінницька область, м. Козятин, вул. Білоцерківська, будинок 7</t>
   </si>
   <si>
     <t>050-484-13-23</t>
   </si>
   <si>
-    <t>Партнер Мотто 0111, АЗС Сокиринська</t>
+    <t>Партнер Параллель 0111, АЗС Сокиринська</t>
   </si>
   <si>
     <t>49.174293266656 28.653885647365</t>
   </si>
   <si>
     <t>Вінницька обл, Вінницький р-н, с/р Сокиринецька, а/д Стрий-Тернопіль-Знам’янка, 406км.+886м (М)</t>
   </si>
   <si>
     <t>050-484-15-37</t>
   </si>
   <si>
-    <t>Партнер Мотто 0212, АЗС Зулинського</t>
+    <t>Партнер Параллель 0212, АЗС Зулинського</t>
   </si>
   <si>
     <t>49.268578678244 28.490009688704</t>
   </si>
   <si>
     <t>м. Вінниця, вулиця Зулінського Сергія, будинок 38-А</t>
   </si>
   <si>
     <t>095-780-73-06</t>
   </si>
   <si>
     <t>Житомирська область</t>
   </si>
   <si>
-    <t>Партнер Мотто 0618, АЗС Покровська</t>
+    <t>Партнер Параллель 0618, АЗС Покровська</t>
   </si>
   <si>
     <t>50.285481142312 28.656027409604</t>
   </si>
   <si>
     <t>Житомирська обл., м. Житомир, вул. Покровська, 112</t>
   </si>
   <si>
     <t>050 399 16 23</t>
   </si>
   <si>
     <t>Чернігівська область</t>
   </si>
   <si>
-    <t>Партнер Мотто 0218, АЗС Чернігів</t>
+    <t>Партнер Параллель 0218, АЗС Чернігів</t>
   </si>
   <si>
     <t>51.48212724167 31.272510569917</t>
   </si>
   <si>
     <t>м. Чернігів, вулиця Мазепи Івана (колишня: вулиця Щорса), будинок 54а (С)</t>
   </si>
   <si>
     <t>095-780-72-34</t>
   </si>
   <si>
     <t>Партнер Мотто 0632, АЗС Зруб</t>
   </si>
   <si>
     <t>51.13755 31.6799</t>
   </si>
   <si>
     <t>Чернігівська обл, Ніжинський р-н,с.Зруб, вул.Жовтнева,49</t>
   </si>
   <si>
     <t>0683873860</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 0633</t>
   </si>
@@ -2335,51 +2320,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J143"/>
+  <dimension ref="A1:J142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="55.272217" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="155.67627" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.560791" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="94.262695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -2501,50 +2486,53 @@
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="I5" t="s">
         <v>7</v>
       </c>
       <c r="J5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6" t="s">
         <v>34</v>
       </c>
       <c r="D6" t="s">
         <v>35</v>
       </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="I6" t="s">
         <v>14</v>
       </c>
       <c r="J6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>39</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
@@ -3144,2540 +3132,2534 @@
       <c r="A30" t="s">
         <v>142</v>
       </c>
       <c r="B30" t="s">
         <v>143</v>
       </c>
       <c r="C30" t="s">
         <v>144</v>
       </c>
       <c r="D30" t="s">
         <v>145</v>
       </c>
       <c r="F30" t="s">
         <v>146</v>
       </c>
       <c r="G30" t="s">
         <v>147</v>
       </c>
       <c r="H30" t="s">
         <v>6</v>
       </c>
       <c r="I30" t="s">
         <v>7</v>
       </c>
       <c r="J30" t="s">
-        <v>66</v>
+        <v>148</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
         <v>142</v>
       </c>
       <c r="B31" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C31" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D31" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
-      <c r="F31" t="s">
-[...3 lines deleted...]
-        <v>380639728583</v>
+      <c r="G31" t="s">
+        <v>152</v>
       </c>
       <c r="I31" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="J31" t="s">
-        <v>152</v>
+        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" t="s">
         <v>153</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>154</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>155</v>
       </c>
-      <c r="D32" t="s">
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
         <v>156</v>
       </c>
-      <c r="F32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I32" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="J32" t="s">
-        <v>159</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B33" t="s">
+        <v>157</v>
+      </c>
+      <c r="C33" t="s">
+        <v>158</v>
+      </c>
+      <c r="D33" t="s">
+        <v>159</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
         <v>160</v>
-      </c>
-[...10 lines deleted...]
-        <v>163</v>
       </c>
       <c r="I33" t="s">
         <v>14</v>
       </c>
       <c r="J33" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B34" t="s">
+        <v>161</v>
+      </c>
+      <c r="C34" t="s">
+        <v>162</v>
+      </c>
+      <c r="D34" t="s">
+        <v>163</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
         <v>164</v>
-      </c>
-[...10 lines deleted...]
-        <v>167</v>
       </c>
       <c r="I34" t="s">
         <v>14</v>
       </c>
       <c r="J34" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B35" t="s">
+        <v>165</v>
+      </c>
+      <c r="C35" t="s">
+        <v>166</v>
+      </c>
+      <c r="D35" t="s">
+        <v>167</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
         <v>168</v>
       </c>
-      <c r="C35" t="s">
+      <c r="I35" t="s">
+        <v>14</v>
+      </c>
+      <c r="J35" t="s">
         <v>169</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B36" t="s">
+        <v>170</v>
+      </c>
+      <c r="C36" t="s">
+        <v>171</v>
+      </c>
+      <c r="D36" t="s">
         <v>172</v>
       </c>
-      <c r="C36" t="s">
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
         <v>173</v>
       </c>
-      <c r="D36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I36" t="s">
         <v>14</v>
       </c>
       <c r="J36" t="s">
-        <v>32</v>
+        <v>169</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="B37" t="s">
+        <v>175</v>
+      </c>
+      <c r="C37" t="s">
         <v>176</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>177</v>
       </c>
-      <c r="D37" t="s">
+      <c r="F37" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G37" t="s">
         <v>179</v>
       </c>
       <c r="I37" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="J37" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="B38" t="s">
         <v>181</v>
       </c>
       <c r="C38" t="s">
         <v>182</v>
       </c>
       <c r="D38" t="s">
         <v>183</v>
       </c>
-      <c r="E38" t="s">
-        <v>12</v>
+      <c r="F38" t="s">
+        <v>178</v>
       </c>
       <c r="G38" t="s">
         <v>184</v>
       </c>
       <c r="I38" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="J38" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="B39" t="s">
         <v>186</v>
       </c>
       <c r="C39" t="s">
         <v>187</v>
       </c>
       <c r="D39" t="s">
         <v>188</v>
       </c>
-      <c r="F39" t="s">
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
         <v>189</v>
       </c>
-      <c r="G39" t="s">
+      <c r="I39" t="s">
+        <v>14</v>
+      </c>
+      <c r="J39" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="B40" t="s">
+        <v>191</v>
+      </c>
+      <c r="C40" t="s">
         <v>192</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>193</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
         <v>194</v>
       </c>
-      <c r="F40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I40" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="J40" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="B41" t="s">
+        <v>195</v>
+      </c>
+      <c r="C41" t="s">
+        <v>196</v>
+      </c>
+      <c r="D41" t="s">
         <v>197</v>
       </c>
-      <c r="C41" t="s">
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
         <v>198</v>
       </c>
-      <c r="D41" t="s">
+      <c r="I41" t="s">
+        <v>14</v>
+      </c>
+      <c r="J41" t="s">
         <v>199</v>
-      </c>
-[...10 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="B42" t="s">
+        <v>200</v>
+      </c>
+      <c r="C42" t="s">
+        <v>201</v>
+      </c>
+      <c r="D42" t="s">
         <v>202</v>
       </c>
-      <c r="C42" t="s">
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
         <v>203</v>
       </c>
-      <c r="D42" t="s">
+      <c r="I42" t="s">
         <v>204</v>
       </c>
-      <c r="E42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="J42" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="B43" t="s">
         <v>206</v>
       </c>
       <c r="C43" t="s">
         <v>207</v>
       </c>
       <c r="D43" t="s">
         <v>208</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
         <v>209</v>
       </c>
       <c r="I43" t="s">
         <v>14</v>
       </c>
       <c r="J43" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="B44" t="s">
         <v>211</v>
       </c>
       <c r="C44" t="s">
         <v>212</v>
       </c>
       <c r="D44" t="s">
         <v>213</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
         <v>214</v>
       </c>
       <c r="I44" t="s">
-        <v>215</v>
+        <v>14</v>
       </c>
       <c r="J44" t="s">
-        <v>216</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="B45" t="s">
+        <v>215</v>
+      </c>
+      <c r="C45" t="s">
+        <v>216</v>
+      </c>
+      <c r="D45" t="s">
         <v>217</v>
       </c>
-      <c r="C45" t="s">
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
         <v>218</v>
       </c>
-      <c r="D45" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I45" t="s">
         <v>14</v>
       </c>
       <c r="J45" t="s">
-        <v>221</v>
+        <v>205</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
-        <v>185</v>
+        <v>219</v>
       </c>
       <c r="B46" t="s">
+        <v>220</v>
+      </c>
+      <c r="C46" t="s">
+        <v>221</v>
+      </c>
+      <c r="D46" t="s">
         <v>222</v>
       </c>
-      <c r="C46" t="s">
+      <c r="F46" t="s">
         <v>223</v>
       </c>
-      <c r="D46" t="s">
+      <c r="G46">
+        <v>380639728583</v>
+      </c>
+      <c r="I46" t="s">
+        <v>7</v>
+      </c>
+      <c r="J46" t="s">
         <v>224</v>
-      </c>
-[...10 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
-        <v>185</v>
+        <v>225</v>
       </c>
       <c r="B47" t="s">
         <v>226</v>
       </c>
       <c r="C47" t="s">
         <v>227</v>
       </c>
       <c r="D47" t="s">
         <v>228</v>
       </c>
-      <c r="E47" t="s">
-        <v>12</v>
+      <c r="F47" t="s">
+        <v>229</v>
       </c>
       <c r="G47" t="s">
-        <v>229</v>
+        <v>230</v>
+      </c>
+      <c r="H47" t="s">
+        <v>6</v>
       </c>
       <c r="I47" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="J47" t="s">
-        <v>216</v>
+        <v>66</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B48" t="s">
         <v>231</v>
       </c>
       <c r="C48" t="s">
         <v>232</v>
       </c>
       <c r="D48" t="s">
         <v>233</v>
       </c>
       <c r="F48" t="s">
+        <v>229</v>
+      </c>
+      <c r="G48" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="H48" t="s">
         <v>6</v>
       </c>
       <c r="I48" t="s">
         <v>7</v>
       </c>
       <c r="J48" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B49" t="s">
+        <v>235</v>
+      </c>
+      <c r="C49" t="s">
         <v>236</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>237</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
         <v>238</v>
       </c>
-      <c r="F49" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I49" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="J49" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B50" t="s">
+        <v>239</v>
+      </c>
+      <c r="C50" t="s">
         <v>240</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>241</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
       <c r="I50" t="s">
         <v>14</v>
       </c>
       <c r="J50" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B51" t="s">
+        <v>243</v>
+      </c>
+      <c r="C51" t="s">
         <v>244</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>245</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
       <c r="I51" t="s">
         <v>14</v>
       </c>
       <c r="J51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B52" t="s">
+        <v>247</v>
+      </c>
+      <c r="C52" t="s">
         <v>248</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>249</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
       <c r="I52" t="s">
         <v>14</v>
       </c>
       <c r="J52" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B53" t="s">
+        <v>251</v>
+      </c>
+      <c r="C53" t="s">
         <v>252</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>253</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
       <c r="I53" t="s">
         <v>14</v>
       </c>
       <c r="J53" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B54" t="s">
+        <v>255</v>
+      </c>
+      <c r="C54" t="s">
         <v>256</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>257</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
         <v>258</v>
       </c>
-      <c r="E54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I54" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="J54" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B55" t="s">
+        <v>259</v>
+      </c>
+      <c r="C55" t="s">
         <v>260</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>261</v>
       </c>
-      <c r="D55" t="s">
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
         <v>262</v>
       </c>
-      <c r="E55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I55" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J55" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B56" t="s">
+        <v>263</v>
+      </c>
+      <c r="C56" t="s">
         <v>264</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>265</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
         <v>266</v>
       </c>
-      <c r="E56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I56" t="s">
         <v>14</v>
       </c>
       <c r="J56" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B57" t="s">
+        <v>267</v>
+      </c>
+      <c r="C57" t="s">
         <v>268</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>269</v>
       </c>
-      <c r="D57" t="s">
+      <c r="E57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
         <v>270</v>
       </c>
-      <c r="E57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I57" t="s">
         <v>14</v>
       </c>
       <c r="J57" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B58" t="s">
+        <v>271</v>
+      </c>
+      <c r="C58" t="s">
         <v>272</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>273</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
       <c r="I58" t="s">
         <v>14</v>
       </c>
       <c r="J58" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B59" t="s">
+        <v>275</v>
+      </c>
+      <c r="C59" t="s">
         <v>276</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>277</v>
       </c>
-      <c r="D59" t="s">
+      <c r="E59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
         <v>278</v>
       </c>
-      <c r="E59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I59" t="s">
         <v>14</v>
       </c>
       <c r="J59" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B60" t="s">
+        <v>279</v>
+      </c>
+      <c r="C60" t="s">
         <v>280</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>281</v>
       </c>
-      <c r="D60" t="s">
+      <c r="E60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G60" t="s">
         <v>283</v>
       </c>
       <c r="I60" t="s">
         <v>14</v>
       </c>
       <c r="J60" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B61" t="s">
         <v>284</v>
       </c>
       <c r="C61" t="s">
         <v>285</v>
       </c>
       <c r="D61" t="s">
         <v>286</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
-      <c r="F61" t="s">
+      <c r="G61" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="I61" t="s">
         <v>14</v>
       </c>
       <c r="J61" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B62" t="s">
+        <v>288</v>
+      </c>
+      <c r="C62" t="s">
         <v>289</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>290</v>
       </c>
-      <c r="D62" t="s">
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
         <v>291</v>
       </c>
-      <c r="E62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I62" t="s">
         <v>14</v>
       </c>
       <c r="J62" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B63" t="s">
+        <v>292</v>
+      </c>
+      <c r="C63" t="s">
         <v>293</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>294</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
         <v>295</v>
       </c>
-      <c r="E63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I63" t="s">
         <v>14</v>
       </c>
       <c r="J63" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B64" t="s">
+        <v>296</v>
+      </c>
+      <c r="C64" t="s">
         <v>297</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>298</v>
       </c>
-      <c r="D64" t="s">
+      <c r="G64" t="s">
         <v>299</v>
       </c>
-      <c r="E64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="I64" t="s">
+        <v>14</v>
+      </c>
+      <c r="J64" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B65" t="s">
         <v>301</v>
       </c>
       <c r="C65" t="s">
         <v>302</v>
       </c>
       <c r="D65" t="s">
         <v>303</v>
       </c>
+      <c r="E65" t="s">
+        <v>12</v>
+      </c>
       <c r="G65" t="s">
         <v>304</v>
       </c>
       <c r="I65" t="s">
         <v>14</v>
       </c>
       <c r="J65" t="s">
-        <v>305</v>
+        <v>32</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B66" t="s">
+        <v>305</v>
+      </c>
+      <c r="C66" t="s">
         <v>306</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>307</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
       <c r="I66" t="s">
         <v>14</v>
       </c>
       <c r="J66" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B67" t="s">
+        <v>309</v>
+      </c>
+      <c r="C67" t="s">
         <v>310</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>311</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
         <v>312</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
       <c r="I67" t="s">
         <v>14</v>
       </c>
       <c r="J67" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B68" t="s">
+        <v>313</v>
+      </c>
+      <c r="C68" t="s">
         <v>314</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>315</v>
       </c>
-      <c r="D68" t="s">
+      <c r="G68" t="s">
         <v>316</v>
       </c>
-      <c r="E68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I68" t="s">
         <v>14</v>
       </c>
       <c r="J68" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B69" t="s">
+        <v>317</v>
+      </c>
+      <c r="C69" t="s">
         <v>318</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>319</v>
       </c>
-      <c r="D69" t="s">
+      <c r="E69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="I69" t="s">
         <v>14</v>
       </c>
       <c r="J69" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B70" t="s">
+        <v>321</v>
+      </c>
+      <c r="C70" t="s">
         <v>322</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>323</v>
       </c>
-      <c r="D70" t="s">
+      <c r="E70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
         <v>324</v>
       </c>
-      <c r="E70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I70" t="s">
         <v>14</v>
       </c>
       <c r="J70" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B71" t="s">
+        <v>325</v>
+      </c>
+      <c r="C71" t="s">
         <v>326</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>327</v>
       </c>
-      <c r="D71" t="s">
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
         <v>328</v>
       </c>
-      <c r="E71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I71" t="s">
         <v>14</v>
       </c>
       <c r="J71" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B72" t="s">
+        <v>329</v>
+      </c>
+      <c r="C72" t="s">
         <v>330</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>331</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
         <v>332</v>
       </c>
-      <c r="E72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I72" t="s">
         <v>14</v>
       </c>
       <c r="J72" t="s">
-        <v>50</v>
+        <v>169</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B73" t="s">
+        <v>333</v>
+      </c>
+      <c r="C73" t="s">
         <v>334</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>335</v>
       </c>
-      <c r="D73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
-      <c r="G73" t="s">
-        <v>337</v>
+      <c r="G73">
+        <v>380952390218</v>
       </c>
       <c r="I73" t="s">
         <v>14</v>
       </c>
       <c r="J73" t="s">
-        <v>180</v>
+        <v>124</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B74" t="s">
+        <v>336</v>
+      </c>
+      <c r="C74" t="s">
+        <v>337</v>
+      </c>
+      <c r="D74" t="s">
         <v>338</v>
       </c>
-      <c r="C74" t="s">
+      <c r="E74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
         <v>339</v>
       </c>
-      <c r="D74" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I74" t="s">
         <v>14</v>
       </c>
       <c r="J74" t="s">
-        <v>124</v>
+        <v>169</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B75" t="s">
+        <v>340</v>
+      </c>
+      <c r="C75" t="s">
         <v>341</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>342</v>
       </c>
-      <c r="D75" t="s">
+      <c r="E75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
         <v>343</v>
       </c>
-      <c r="E75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I75" t="s">
         <v>14</v>
       </c>
       <c r="J75" t="s">
-        <v>180</v>
+        <v>169</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B76" t="s">
+        <v>344</v>
+      </c>
+      <c r="C76" t="s">
         <v>345</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>346</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>282</v>
+      </c>
+      <c r="G76" t="s">
         <v>347</v>
       </c>
-      <c r="E76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I76" t="s">
         <v>14</v>
       </c>
       <c r="J76" t="s">
-        <v>180</v>
+        <v>169</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B77" t="s">
+        <v>348</v>
+      </c>
+      <c r="C77" t="s">
         <v>349</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>350</v>
       </c>
-      <c r="D77" t="s">
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>282</v>
+      </c>
+      <c r="G77" t="s">
         <v>351</v>
       </c>
-      <c r="E77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I77" t="s">
         <v>14</v>
       </c>
       <c r="J77" t="s">
-        <v>180</v>
+        <v>169</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B78" t="s">
+        <v>352</v>
+      </c>
+      <c r="C78" t="s">
         <v>353</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>354</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" t="s">
         <v>355</v>
       </c>
-      <c r="E78" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I78" t="s">
         <v>14</v>
       </c>
       <c r="J78" t="s">
-        <v>180</v>
+        <v>124</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B79" t="s">
+        <v>356</v>
+      </c>
+      <c r="C79" t="s">
         <v>357</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>358</v>
       </c>
-      <c r="D79" t="s">
+      <c r="E79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
         <v>359</v>
       </c>
-      <c r="E79" t="s">
-[...2 lines deleted...]
-      <c r="G79" t="s">
+      <c r="I79" t="s">
+        <v>14</v>
+      </c>
+      <c r="J79" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B80" t="s">
         <v>361</v>
       </c>
       <c r="C80" t="s">
         <v>362</v>
       </c>
       <c r="D80" t="s">
         <v>363</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="G80" t="s">
         <v>364</v>
       </c>
       <c r="I80" t="s">
         <v>14</v>
       </c>
       <c r="J80" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B81" t="s">
         <v>366</v>
       </c>
       <c r="C81" t="s">
         <v>367</v>
       </c>
       <c r="D81" t="s">
         <v>368</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
+      <c r="F81" t="s">
+        <v>369</v>
+      </c>
       <c r="G81" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="I81" t="s">
         <v>14</v>
       </c>
       <c r="J81" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B82" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C82" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D82" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="G82" t="s">
-        <v>375</v>
-[...4 lines deleted...]
-      <c r="J82" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B83" t="s">
         <v>377</v>
       </c>
       <c r="C83" t="s">
         <v>378</v>
       </c>
       <c r="D83" t="s">
         <v>379</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
         <v>380</v>
       </c>
       <c r="G83" t="s">
         <v>381</v>
       </c>
+      <c r="I83" t="s">
+        <v>14</v>
+      </c>
+      <c r="J83" t="s">
+        <v>382</v>
+      </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B84" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C84" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D84" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="G84" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="I84" t="s">
         <v>14</v>
       </c>
       <c r="J84" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B85" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C85" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D85" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="G85" t="s">
         <v>392</v>
       </c>
       <c r="I85" t="s">
         <v>14</v>
       </c>
       <c r="J85" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B86" t="s">
+        <v>393</v>
+      </c>
+      <c r="C86" t="s">
         <v>394</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>395</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
         <v>396</v>
-      </c>
-[...4 lines deleted...]
-        <v>391</v>
       </c>
       <c r="G86" t="s">
         <v>397</v>
       </c>
       <c r="I86" t="s">
         <v>14</v>
       </c>
       <c r="J86" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B87" t="s">
         <v>398</v>
       </c>
       <c r="C87" t="s">
         <v>399</v>
       </c>
       <c r="D87" t="s">
         <v>400</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
         <v>401</v>
       </c>
       <c r="G87" t="s">
         <v>402</v>
       </c>
       <c r="I87" t="s">
         <v>14</v>
       </c>
       <c r="J87" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B88" t="s">
         <v>403</v>
       </c>
       <c r="C88" t="s">
         <v>404</v>
       </c>
       <c r="D88" t="s">
         <v>405</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
         <v>406</v>
       </c>
       <c r="G88" t="s">
         <v>407</v>
       </c>
       <c r="I88" t="s">
         <v>14</v>
       </c>
       <c r="J88" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B89" t="s">
         <v>408</v>
       </c>
       <c r="C89" t="s">
         <v>409</v>
       </c>
       <c r="D89" t="s">
         <v>410</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
         <v>411</v>
       </c>
       <c r="G89" t="s">
         <v>412</v>
       </c>
       <c r="I89" t="s">
         <v>14</v>
       </c>
       <c r="J89" t="s">
-        <v>393</v>
+        <v>382</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B90" t="s">
         <v>413</v>
       </c>
       <c r="C90" t="s">
         <v>414</v>
       </c>
       <c r="D90" t="s">
         <v>415</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
+        <v>369</v>
+      </c>
+      <c r="G90" t="s">
         <v>416</v>
       </c>
-      <c r="G90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I90" t="s">
         <v>14</v>
       </c>
       <c r="J90" t="s">
-        <v>387</v>
+        <v>50</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B91" t="s">
+        <v>417</v>
+      </c>
+      <c r="C91" t="s">
         <v>418</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>419</v>
       </c>
-      <c r="D91" t="s">
+      <c r="E91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>369</v>
+      </c>
+      <c r="G91" t="s">
         <v>420</v>
-      </c>
-[...13 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
-        <v>230</v>
+        <v>421</v>
       </c>
       <c r="B92" t="s">
         <v>422</v>
       </c>
       <c r="C92" t="s">
         <v>423</v>
       </c>
       <c r="D92" t="s">
         <v>424</v>
       </c>
-      <c r="E92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F92" t="s">
-        <v>374</v>
+        <v>425</v>
       </c>
       <c r="G92" t="s">
-        <v>425</v>
+        <v>426</v>
+      </c>
+      <c r="I92" t="s">
+        <v>7</v>
+      </c>
+      <c r="J92" t="s">
+        <v>427</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="B93" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C93" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D93" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="F93" t="s">
         <v>430</v>
+      </c>
+      <c r="E93" t="s">
+        <v>12</v>
       </c>
       <c r="G93" t="s">
         <v>431</v>
       </c>
       <c r="I93" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="J93" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="B94" t="s">
         <v>433</v>
       </c>
       <c r="C94" t="s">
         <v>434</v>
       </c>
       <c r="D94" t="s">
         <v>435</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
+      <c r="F94" t="s">
+        <v>436</v>
+      </c>
       <c r="G94" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="I94" t="s">
         <v>14</v>
       </c>
       <c r="J94" t="s">
-        <v>437</v>
+        <v>50</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="B95" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C95" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D95" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="G95" t="s">
         <v>442</v>
       </c>
       <c r="I95" t="s">
         <v>14</v>
       </c>
       <c r="J95" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
+        <v>438</v>
+      </c>
+      <c r="B96" t="s">
         <v>443</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" t="s">
         <v>444</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>445</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" t="s">
         <v>446</v>
       </c>
-      <c r="E96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I96" t="s">
         <v>14</v>
       </c>
       <c r="J96" t="s">
-        <v>50</v>
+        <v>124</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B97" t="s">
+        <v>447</v>
+      </c>
+      <c r="C97" t="s">
         <v>448</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>449</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" t="s">
         <v>450</v>
-      </c>
-[...4 lines deleted...]
-        <v>451</v>
       </c>
       <c r="I97" t="s">
         <v>14</v>
       </c>
       <c r="J97" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B98" t="s">
+        <v>451</v>
+      </c>
+      <c r="C98" t="s">
         <v>452</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
         <v>453</v>
       </c>
-      <c r="D98" t="s">
+      <c r="E98" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
       <c r="I98" t="s">
         <v>14</v>
       </c>
       <c r="J98" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B99" t="s">
+        <v>455</v>
+      </c>
+      <c r="C99" t="s">
         <v>456</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>457</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" t="s">
+        <v>12</v>
+      </c>
+      <c r="G99" t="s">
         <v>458</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
       <c r="I99" t="s">
         <v>14</v>
       </c>
       <c r="J99" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B100" t="s">
+        <v>459</v>
+      </c>
+      <c r="C100" t="s">
         <v>460</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>461</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" t="s">
         <v>462</v>
-      </c>
-[...4 lines deleted...]
-        <v>463</v>
       </c>
       <c r="I100" t="s">
         <v>14</v>
       </c>
       <c r="J100" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B101" t="s">
+        <v>463</v>
+      </c>
+      <c r="C101" t="s">
         <v>464</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>465</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" t="s">
         <v>466</v>
-      </c>
-[...4 lines deleted...]
-        <v>467</v>
       </c>
       <c r="I101" t="s">
         <v>14</v>
       </c>
       <c r="J101" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B102" t="s">
+        <v>467</v>
+      </c>
+      <c r="C102" t="s">
         <v>468</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
         <v>469</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G102" t="s">
         <v>471</v>
       </c>
       <c r="I102" t="s">
         <v>14</v>
       </c>
       <c r="J102" t="s">
-        <v>124</v>
+        <v>472</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B103" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C103" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D103" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G103" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="I103" t="s">
         <v>14</v>
       </c>
       <c r="J103" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B104" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C104" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D104" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="G104" t="s">
         <v>482</v>
       </c>
       <c r="I104" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B105" t="s">
+        <v>483</v>
+      </c>
+      <c r="C105" t="s">
         <v>484</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
         <v>485</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
         <v>486</v>
-      </c>
-[...4 lines deleted...]
-        <v>481</v>
       </c>
       <c r="G105" t="s">
         <v>487</v>
       </c>
       <c r="I105" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
-        <v>443</v>
+        <v>488</v>
       </c>
       <c r="B106" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C106" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D106" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="G106" t="s">
         <v>492</v>
       </c>
       <c r="I106" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
+        <v>488</v>
+      </c>
+      <c r="B107" t="s">
         <v>493</v>
       </c>
-      <c r="B107" t="s">
+      <c r="C107" t="s">
         <v>494</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>495</v>
       </c>
-      <c r="D107" t="s">
+      <c r="E107" t="s">
+        <v>12</v>
+      </c>
+      <c r="G107" t="s">
         <v>496</v>
       </c>
-      <c r="E107" t="s">
-[...2 lines deleted...]
-      <c r="G107" t="s">
+      <c r="I107" t="s">
+        <v>14</v>
+      </c>
+      <c r="J107" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="B108" t="s">
         <v>498</v>
       </c>
       <c r="C108" t="s">
         <v>499</v>
       </c>
       <c r="D108" t="s">
         <v>500</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="G108" t="s">
         <v>501</v>
       </c>
       <c r="I108" t="s">
         <v>14</v>
       </c>
       <c r="J108" t="s">
-        <v>502</v>
+        <v>124</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="B109" t="s">
+        <v>502</v>
+      </c>
+      <c r="C109" t="s">
         <v>503</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
         <v>504</v>
       </c>
-      <c r="D109" t="s">
+      <c r="E109" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G109" t="s">
         <v>506</v>
       </c>
       <c r="I109" t="s">
         <v>14</v>
       </c>
       <c r="J109" t="s">
-        <v>124</v>
+        <v>507</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="B110" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C110" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D110" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="G110" t="s">
         <v>511</v>
       </c>
       <c r="I110" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>7</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
       <c r="B111" t="s">
         <v>513</v>
       </c>
       <c r="C111" t="s">
         <v>514</v>
       </c>
       <c r="D111" t="s">
         <v>515</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
-      <c r="F111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G111" t="s">
         <v>516</v>
       </c>
       <c r="I111" t="s">
-        <v>7</v>
+        <v>14</v>
+      </c>
+      <c r="J111" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
+        <v>512</v>
+      </c>
+      <c r="B112" t="s">
         <v>517</v>
       </c>
-      <c r="B112" t="s">
+      <c r="C112" t="s">
         <v>518</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>519</v>
       </c>
-      <c r="D112" t="s">
+      <c r="E112" t="s">
+        <v>12</v>
+      </c>
+      <c r="G112" t="s">
         <v>520</v>
-      </c>
-[...4 lines deleted...]
-        <v>521</v>
       </c>
       <c r="I112" t="s">
         <v>14</v>
       </c>
       <c r="J112" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="B113" t="s">
+        <v>521</v>
+      </c>
+      <c r="C113" t="s">
         <v>522</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>523</v>
       </c>
-      <c r="D113" t="s">
+      <c r="E113" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" t="s">
         <v>524</v>
       </c>
-      <c r="E113" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I113" t="s">
         <v>14</v>
       </c>
       <c r="J113" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="B114" t="s">
+        <v>525</v>
+      </c>
+      <c r="C114" t="s">
         <v>526</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
         <v>527</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E114" t="s">
+        <v>12</v>
+      </c>
+      <c r="G114" t="s">
         <v>528</v>
       </c>
-      <c r="E114" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I114" t="s">
         <v>14</v>
       </c>
       <c r="J114" t="s">
-        <v>50</v>
+        <v>124</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
-        <v>517</v>
+        <v>529</v>
       </c>
       <c r="B115" t="s">
         <v>530</v>
       </c>
       <c r="C115" t="s">
         <v>531</v>
       </c>
       <c r="D115" t="s">
         <v>532</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="G115" t="s">
         <v>533</v>
       </c>
       <c r="I115" t="s">
         <v>14</v>
       </c>
       <c r="J115" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
+        <v>529</v>
+      </c>
+      <c r="B116" t="s">
         <v>534</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
         <v>535</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>536</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" t="s">
+        <v>12</v>
+      </c>
+      <c r="G116" t="s">
         <v>537</v>
-      </c>
-[...4 lines deleted...]
-        <v>538</v>
       </c>
       <c r="I116" t="s">
         <v>14</v>
       </c>
       <c r="J116" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="B117" t="s">
+        <v>538</v>
+      </c>
+      <c r="C117" t="s">
         <v>539</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
         <v>540</v>
       </c>
-      <c r="D117" t="s">
+      <c r="E117" t="s">
+        <v>12</v>
+      </c>
+      <c r="G117" t="s">
         <v>541</v>
-      </c>
-[...4 lines deleted...]
-        <v>542</v>
       </c>
       <c r="I117" t="s">
         <v>14</v>
       </c>
       <c r="J117" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="B118" t="s">
+        <v>542</v>
+      </c>
+      <c r="C118" t="s">
         <v>543</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
         <v>544</v>
       </c>
-      <c r="D118" t="s">
+      <c r="E118" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" t="s">
         <v>545</v>
-      </c>
-[...4 lines deleted...]
-        <v>546</v>
       </c>
       <c r="I118" t="s">
         <v>14</v>
       </c>
       <c r="J118" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="B119" t="s">
+        <v>546</v>
+      </c>
+      <c r="C119" t="s">
         <v>547</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
         <v>548</v>
       </c>
-      <c r="D119" t="s">
+      <c r="E119" t="s">
+        <v>12</v>
+      </c>
+      <c r="G119" t="s">
         <v>549</v>
-      </c>
-[...4 lines deleted...]
-        <v>550</v>
       </c>
       <c r="I119" t="s">
         <v>14</v>
       </c>
       <c r="J119" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="B120" t="s">
+        <v>550</v>
+      </c>
+      <c r="C120" t="s">
         <v>551</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
         <v>552</v>
       </c>
-      <c r="D120" t="s">
+      <c r="E120" t="s">
+        <v>12</v>
+      </c>
+      <c r="G120" t="s">
         <v>553</v>
-      </c>
-[...4 lines deleted...]
-        <v>554</v>
       </c>
       <c r="I120" t="s">
         <v>14</v>
       </c>
       <c r="J120" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="B121" t="s">
+        <v>554</v>
+      </c>
+      <c r="C121" t="s">
         <v>555</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
         <v>556</v>
       </c>
-      <c r="D121" t="s">
+      <c r="E121" t="s">
+        <v>12</v>
+      </c>
+      <c r="G121" t="s">
         <v>557</v>
-      </c>
-[...4 lines deleted...]
-        <v>558</v>
       </c>
       <c r="I121" t="s">
         <v>14</v>
       </c>
       <c r="J121" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="B122" t="s">
+        <v>558</v>
+      </c>
+      <c r="C122" t="s">
         <v>559</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
         <v>560</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" t="s">
+        <v>12</v>
+      </c>
+      <c r="G122" t="s">
         <v>561</v>
-      </c>
-[...4 lines deleted...]
-        <v>562</v>
       </c>
       <c r="I122" t="s">
         <v>14</v>
       </c>
       <c r="J122" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="B123" t="s">
+        <v>562</v>
+      </c>
+      <c r="C123" t="s">
         <v>563</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
         <v>564</v>
       </c>
-      <c r="D123" t="s">
+      <c r="E123" t="s">
+        <v>12</v>
+      </c>
+      <c r="G123" t="s">
         <v>565</v>
       </c>
-      <c r="E123" t="s">
-[...2 lines deleted...]
-      <c r="G123" t="s">
+      <c r="I123" t="s">
+        <v>14</v>
+      </c>
+      <c r="J123" t="s">
         <v>566</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
-        <v>534</v>
+        <v>567</v>
       </c>
       <c r="B124" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C124" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D124" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="G124" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="I124" t="s">
         <v>14</v>
       </c>
       <c r="J124" t="s">
-        <v>571</v>
+        <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
         <v>572</v>
       </c>
       <c r="B125" t="s">
         <v>573</v>
       </c>
       <c r="C125" t="s">
         <v>574</v>
       </c>
       <c r="D125" t="s">
         <v>575</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="G125" t="s">
         <v>576</v>
       </c>
       <c r="I125" t="s">
         <v>14</v>
       </c>
       <c r="J125" t="s">
@@ -5690,512 +5672,474 @@
       </c>
       <c r="B126" t="s">
         <v>578</v>
       </c>
       <c r="C126" t="s">
         <v>579</v>
       </c>
       <c r="D126" t="s">
         <v>580</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="G126" t="s">
         <v>581</v>
       </c>
       <c r="I126" t="s">
         <v>14</v>
       </c>
       <c r="J126" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
+        <v>577</v>
+      </c>
+      <c r="B127" t="s">
         <v>582</v>
       </c>
-      <c r="B127" t="s">
+      <c r="C127" t="s">
         <v>583</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127" t="s">
         <v>584</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" t="s">
+        <v>12</v>
+      </c>
+      <c r="G127" t="s">
         <v>585</v>
-      </c>
-[...4 lines deleted...]
-        <v>586</v>
       </c>
       <c r="I127" t="s">
         <v>14</v>
       </c>
       <c r="J127" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="B128" t="s">
         <v>587</v>
       </c>
       <c r="C128" t="s">
         <v>588</v>
       </c>
       <c r="D128" t="s">
         <v>589</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="G128" t="s">
         <v>590</v>
       </c>
       <c r="I128" t="s">
         <v>14</v>
       </c>
       <c r="J128" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
+        <v>586</v>
+      </c>
+      <c r="B129" t="s">
         <v>591</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129" t="s">
         <v>592</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
         <v>593</v>
       </c>
-      <c r="D129" t="s">
+      <c r="E129" t="s">
+        <v>12</v>
+      </c>
+      <c r="G129" t="s">
         <v>594</v>
-      </c>
-[...4 lines deleted...]
-        <v>595</v>
       </c>
       <c r="I129" t="s">
         <v>14</v>
       </c>
       <c r="J129" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="B130" t="s">
+        <v>595</v>
+      </c>
+      <c r="C130" t="s">
         <v>596</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D130" t="s">
         <v>597</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" t="s">
+        <v>12</v>
+      </c>
+      <c r="G130" t="s">
         <v>598</v>
-      </c>
-[...4 lines deleted...]
-        <v>599</v>
       </c>
       <c r="I130" t="s">
         <v>14</v>
       </c>
       <c r="J130" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="B131" t="s">
         <v>600</v>
       </c>
       <c r="C131" t="s">
         <v>601</v>
       </c>
       <c r="D131" t="s">
         <v>602</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="G131" t="s">
         <v>603</v>
       </c>
       <c r="I131" t="s">
         <v>14</v>
       </c>
       <c r="J131" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
         <v>604</v>
       </c>
       <c r="B132" t="s">
         <v>605</v>
       </c>
       <c r="C132" t="s">
         <v>606</v>
       </c>
       <c r="D132" t="s">
         <v>607</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="G132" t="s">
         <v>608</v>
       </c>
       <c r="I132" t="s">
         <v>14</v>
       </c>
       <c r="J132" t="s">
-        <v>32</v>
+        <v>124</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
+        <v>604</v>
+      </c>
+      <c r="B133" t="s">
         <v>609</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
         <v>610</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
         <v>611</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" t="s">
+        <v>12</v>
+      </c>
+      <c r="G133" t="s">
         <v>612</v>
-      </c>
-[...4 lines deleted...]
-        <v>613</v>
       </c>
       <c r="I133" t="s">
         <v>14</v>
       </c>
       <c r="J133" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="B134" t="s">
+        <v>613</v>
+      </c>
+      <c r="C134" t="s">
         <v>614</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>615</v>
       </c>
-      <c r="D134" t="s">
+      <c r="E134" t="s">
+        <v>12</v>
+      </c>
+      <c r="F134" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G134" t="s">
         <v>617</v>
       </c>
       <c r="I134" t="s">
         <v>14</v>
       </c>
       <c r="J134" t="s">
-        <v>124</v>
+        <v>618</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="B135" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="C135" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="D135" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
-      <c r="F135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G135" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="I135" t="s">
         <v>14</v>
       </c>
       <c r="J135" t="s">
-        <v>623</v>
+        <v>205</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
         <v>624</v>
       </c>
       <c r="B136" t="s">
         <v>625</v>
       </c>
       <c r="C136" t="s">
         <v>626</v>
       </c>
       <c r="D136" t="s">
         <v>627</v>
       </c>
-      <c r="E136" t="s">
-        <v>12</v>
+      <c r="F136" t="s">
+        <v>628</v>
       </c>
       <c r="G136" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="I136" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="J136" t="s">
-        <v>216</v>
+        <v>630</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="B137" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C137" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D137" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="G137" t="s">
         <v>634</v>
       </c>
       <c r="I137" t="s">
         <v>65</v>
       </c>
       <c r="J137" t="s">
-        <v>635</v>
+        <v>50</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="B138" t="s">
+        <v>635</v>
+      </c>
+      <c r="C138" t="s">
         <v>636</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
         <v>637</v>
       </c>
-      <c r="D138" t="s">
+      <c r="F138" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>633</v>
       </c>
       <c r="G138" t="s">
         <v>639</v>
       </c>
       <c r="I138" t="s">
         <v>65</v>
       </c>
       <c r="J138" t="s">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="B139" t="s">
         <v>640</v>
       </c>
       <c r="C139" t="s">
         <v>641</v>
       </c>
       <c r="D139" t="s">
         <v>642</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>643</v>
+        <v>628</v>
       </c>
       <c r="G139" t="s">
-        <v>644</v>
+        <v>629</v>
       </c>
       <c r="I139" t="s">
         <v>65</v>
       </c>
       <c r="J139" t="s">
-        <v>305</v>
+        <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="B140" t="s">
+        <v>643</v>
+      </c>
+      <c r="C140" t="s">
+        <v>644</v>
+      </c>
+      <c r="D140" t="s">
         <v>645</v>
       </c>
-      <c r="C140" t="s">
+      <c r="E140" t="s">
+        <v>12</v>
+      </c>
+      <c r="F140" t="s">
         <v>646</v>
       </c>
-      <c r="D140" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G140" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="I140" t="s">
         <v>65</v>
       </c>
       <c r="J140" t="s">
-        <v>20</v>
+        <v>647</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="B141" t="s">
         <v>648</v>
       </c>
       <c r="C141" t="s">
         <v>649</v>
       </c>
       <c r="D141" t="s">
         <v>650</v>
       </c>
-      <c r="E141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F141" t="s">
-        <v>651</v>
+        <v>628</v>
       </c>
       <c r="G141" t="s">
-        <v>644</v>
+        <v>629</v>
       </c>
       <c r="I141" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J141" t="s">
-        <v>652</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="B142" t="s">
+        <v>651</v>
+      </c>
+      <c r="C142" t="s">
+        <v>652</v>
+      </c>
+      <c r="D142" t="s">
         <v>653</v>
       </c>
-      <c r="C142" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F142" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="G142" t="s">
         <v>634</v>
       </c>
       <c r="I142" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="J142" t="s">
-        <v>20</v>
-[...28 lines deleted...]
-        <v>376</v>
+        <v>371</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">