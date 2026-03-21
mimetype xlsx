--- v2 (2026-02-01)
+++ v3 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="654">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="658">
   <si>
     <t>Кіровоградська область</t>
   </si>
   <si>
     <t>Знам'янка</t>
   </si>
   <si>
     <t>48.712441 32.706141</t>
   </si>
   <si>
     <t>м. Знам'янка вул. Віктора Голого, 130а</t>
   </si>
   <si>
     <t>Ландирев Олександр</t>
   </si>
   <si>
     <t>066 496 12 97</t>
   </si>
   <si>
     <t>TIR POINT</t>
   </si>
   <si>
     <t>ДТ</t>
   </si>
   <si>
@@ -125,51 +125,51 @@
   <si>
     <t>48.542459 30.229534</t>
   </si>
   <si>
     <t>Черкаська обл. Уманський район с. Ладижинка автодорога Київ-Одеса 230км</t>
   </si>
   <si>
     <t>+38 066 040 54 89</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
     <t>Партнер Параллель 0143, АЗС Ротмистрівка</t>
   </si>
   <si>
     <t>49.138266000785 31.713887414753</t>
   </si>
   <si>
     <t>Черкаська область, Смілянський район, с. Ротмістрівка, вул. Шевченка, будинок 15 (М)</t>
   </si>
   <si>
     <t>050-484-11-26</t>
   </si>
   <si>
-    <t>Партнер Мотто 0144, АЗС Балаклея</t>
+    <t>Партнер 0144, АЗС Балаклея</t>
   </si>
   <si>
     <t>49.227428468111 31.735894073974</t>
   </si>
   <si>
     <t>Черкаська область, Смілянський район, с. Балаклея, вулиця Миру, будинок 164</t>
   </si>
   <si>
     <t>050-369-28-08</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кофе/Фаст фуд/WI-FI/WC</t>
   </si>
   <si>
     <t>Партнер Параллель 0615, АЗС Валявська</t>
   </si>
   <si>
     <t>49.306831743037 31.393464904506</t>
   </si>
   <si>
     <t>Черкаська обл., Городищенський р-н., Валявська с/рада, автодорога Київ-Знам`янка 160 км</t>
   </si>
   <si>
     <t>050 399 16 15</t>
   </si>
@@ -242,50 +242,53 @@
   <si>
     <t>51.31637 26.61959</t>
   </si>
   <si>
     <t>Ровенская область , г. Сарны , ул. Варшавская, 4, за постом полиции.</t>
   </si>
   <si>
     <t>Галах Сергій</t>
   </si>
   <si>
     <t>0954952130</t>
   </si>
   <si>
     <t>Партнер Параллель 0130, АЗС Колоденка</t>
   </si>
   <si>
     <t>50.578404769437 26.306065308499</t>
   </si>
   <si>
     <t>Рівненська область, Рівненський район, с. Колоденка, вул. Зелена, будинок 55</t>
   </si>
   <si>
     <t>050-484-12-19</t>
   </si>
   <si>
+    <t>ДТ/ГАЗ</t>
+  </si>
+  <si>
     <t>Дніпропетровська область</t>
   </si>
   <si>
     <t>Кривий Ріг</t>
   </si>
   <si>
     <t>47.933353 33.32498</t>
   </si>
   <si>
     <t>Дніпропетровська обл. ,м. Кривий Ріг , вул. Лозуватська, 116 (Під час руху з міста, перед кафе "Околиця", поворот на право)</t>
   </si>
   <si>
     <t>Семенов В'ячеслав</t>
   </si>
   <si>
     <t>+380 95 678 35 57, +38 050 019 19 83</t>
   </si>
   <si>
     <t>Преображенка</t>
   </si>
   <si>
     <t>48.239952 34.309193</t>
   </si>
   <si>
     <t>Дніпропетровська обл., с. Преображенка, автодорога Дніпро-Кривий Ріг (10км від посту Поліції)</t>
@@ -326,99 +329,99 @@
   <si>
     <t>Партнер Мотто 0355, АЗС Нижньодніпровська</t>
   </si>
   <si>
     <t>48.530586 35.038988</t>
   </si>
   <si>
     <t>Дніпровський р-н., смт, Слобожанське, вул. Нижньодніпровська , буд 5 (1027 - Л)</t>
   </si>
   <si>
     <t>050-366-58-69</t>
   </si>
   <si>
     <t>Партнер Параллель 0115, АЗС Українка</t>
   </si>
   <si>
     <t>48.499198084722 34.514753245107</t>
   </si>
   <si>
     <t>Дніпропетровська область, Криничанський район, с. Українка, вулиця Дорожна, будинок 10</t>
   </si>
   <si>
     <t>050-484-13-62</t>
   </si>
   <si>
-    <t>Партнер Мотто 0114, АЗС Нікополь</t>
+    <t>Партнер 0114, АЗС Нікополь</t>
   </si>
   <si>
     <t>47.583050957383 34.325891697216</t>
   </si>
   <si>
     <t>Дніпропетровська область, м. Нікополь, вул. Херсонська, будинок 366/1 (М)</t>
   </si>
   <si>
     <t>050-484-14-90</t>
   </si>
   <si>
-    <t>Партнер Мотто 0360, АЗС Захарченка</t>
+    <t>Партнер Parallel 0360, АЗС Захарченка</t>
   </si>
   <si>
     <t>48.532607001862 35.015517133262</t>
   </si>
   <si>
     <t>м. Дніпро, вул. Генерала Захарченка, буд. 11А (1032 - Л)</t>
   </si>
   <si>
     <t>050-405-82-70</t>
   </si>
   <si>
     <t>Партнер Мотто 0353, АЗС Богуслав</t>
   </si>
   <si>
     <t>48.49575827363 35.962740724462</t>
   </si>
   <si>
     <t>Дніпропетровська обл.,Павлоградський р-н с. Богуслав вул. Лінейна, буд. 3 ( - Л)</t>
   </si>
   <si>
     <t>050-481-91-90</t>
   </si>
   <si>
     <t>Партнер Мотто 0113, АЗС Журналістів</t>
   </si>
   <si>
     <t>48.50741 35.09453</t>
   </si>
   <si>
     <t>Дніпропетровська область,Індустріальний район,м.Дніпро, вулиця Журналістів,будинок 16</t>
   </si>
   <si>
     <t>050-484-13-26</t>
   </si>
   <si>
-    <t>Партнер Мотто 0351, АЗС Дружби</t>
+    <t>Партнер Parallel 0351, АЗС Дружби</t>
   </si>
   <si>
     <t>48.53894 35.088027</t>
   </si>
   <si>
     <t>Дніпровський р-н., смт, Слобожанське , вул. Дружби , буд. 5 (1025 - Л)</t>
   </si>
   <si>
     <t>050-359-30-25</t>
   </si>
   <si>
     <t>Автомагазин/Кофе/Фаст фуд/Маркет/WC</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 67</t>
   </si>
   <si>
     <t>48.5095302397 35.896643867398</t>
   </si>
   <si>
     <t>Дніпропетровська обл. м.Павлоград, вул.Дніпровська, б.332 "Б"</t>
   </si>
   <si>
     <t>0937268795</t>
   </si>
@@ -626,53 +629,50 @@
   <si>
     <t>45.492404 28.912464</t>
   </si>
   <si>
     <t>Одеська обл.,Ізмаїльський район, с.Утконосівка, дорога Одеса-Рені 218км+100м (на м.Бухарест),</t>
   </si>
   <si>
     <t>093-726-81-39</t>
   </si>
   <si>
     <t>Etalon Юг/Кофе/WI-FI/Маркет/WC</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 130, Ізмаїл</t>
   </si>
   <si>
     <t>45.363324 28.812975</t>
   </si>
   <si>
     <t>Одеська обл.,Ізмаїльський район, м. Ізмаїл, вул.Гагаріна, 3в</t>
   </si>
   <si>
     <t>093-726-82-08</t>
   </si>
   <si>
-    <t>ДТ/ГАЗ</t>
-[...1 lines deleted...]
-  <si>
     <t>Etalon Юг/Автомагазин/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
     <t>Партнер Parallel 0122, АЗС Усатово</t>
   </si>
   <si>
     <t>46.534443010468 30.642831513083</t>
   </si>
   <si>
     <t>Одеська область, Біляївський район, с/рада Усатівська, автодорога Обхід м. Одеса, 16км+600м</t>
   </si>
   <si>
     <t>050-484-14-86</t>
   </si>
   <si>
     <t>AdBlue/Etalon Юг/Кофе/WI-FI/Маркет/WC</t>
   </si>
   <si>
     <t>Партнер Parallel 0123, АЗС Київське шосе</t>
   </si>
   <si>
     <t>46.491050150627 30.672503180448</t>
   </si>
   <si>
     <t>Одеська область, м. Одеса, Київське шосе, будинок 6</t>
@@ -767,95 +767,98 @@
   <si>
     <t>Партнер Parallel 0209, АЗС Бородянка</t>
   </si>
   <si>
     <t>50.652469321829 29.896623217512</t>
   </si>
   <si>
     <t>Київська область, Бородянський р., смт. Бородянка, провулок Семашка, земельна ділянка 5 (С)</t>
   </si>
   <si>
     <t>095-780-68-77</t>
   </si>
   <si>
     <t>Партнер Parallel 0208, АЗС Лютіж</t>
   </si>
   <si>
     <t>50.695959836311 30.383638105425</t>
   </si>
   <si>
     <t>Київська область, Вишгородський район, с. Лютіж, «Поле» урочище (С)</t>
   </si>
   <si>
     <t>095-780-68-54</t>
   </si>
   <si>
-    <t>Партнер Parallel 0103, АЗС Терезино</t>
+    <t>Партнер 0103, АЗС Терезино</t>
   </si>
   <si>
     <t>49.84281531416 30.158990385098</t>
   </si>
   <si>
     <t>Київська область, Білоцерківський район, сщ/рада Терезинська, автодорога Київ-Одеса, 78км + 800м (М)</t>
   </si>
   <si>
     <t>050-484-12-65</t>
   </si>
   <si>
     <t>Партнер Parallel 0207, АЗС Мархалівка</t>
   </si>
   <si>
     <t>50.271999035579 30.340862972102</t>
   </si>
   <si>
     <t>Київська область, Васильківський район, с. Мархалівка, вулиця Антонова, 1-А (С)</t>
   </si>
   <si>
     <t>095-780-68-23</t>
   </si>
   <si>
     <t>Партнер Parallel 102, АЗС Козин</t>
   </si>
   <si>
     <t>50.226278279073 30.644228602854</t>
   </si>
   <si>
     <t>Київська область, Обухівський р., смт. Козин, вулиця Партизанська, будинок б/н (М)</t>
   </si>
   <si>
     <t>050-484-14-17</t>
   </si>
   <si>
     <t>Партнер Parallel 201, АЗС Богатирська</t>
   </si>
   <si>
     <t>50.495204711042 30.490595886483</t>
   </si>
   <si>
     <t>м. Київ, вул. Богатирська, 3-Д (літера XXXIV) (С)</t>
   </si>
   <si>
+    <t>Гришин Ярослав</t>
+  </si>
+  <si>
     <t>095-780-67-75</t>
   </si>
   <si>
     <t>Партнер Parallel 202, АЗС Леся Курбаса</t>
   </si>
   <si>
     <t>50.43328086191 30.398633662984</t>
   </si>
   <si>
     <t>м. Київ, проспект Леся Курбаса, будинок 2в (С)</t>
   </si>
   <si>
     <t>095-780-67-56</t>
   </si>
   <si>
     <t>Партнер Parallel 0619, АЗС Бальзака</t>
   </si>
   <si>
     <t>50.504476486223 30.579112597345</t>
   </si>
   <si>
     <t>м.Київ, вул. Оноре де Бальзака,буд.3-А</t>
   </si>
   <si>
     <t>050 399 16 27</t>
@@ -1130,77 +1133,74 @@
   <si>
     <t>0937083464</t>
   </si>
   <si>
     <t>Автомагазин/Кофе/Фаст фуд/Маркет</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 169, Кільцева</t>
   </si>
   <si>
     <t>50.3966477 30.4200742</t>
   </si>
   <si>
     <t>Київ, вул. Кільцева, 6В</t>
   </si>
   <si>
     <t>Федишин Антон</t>
   </si>
   <si>
     <t>095-495-21-03</t>
   </si>
   <si>
     <t>Автомагазин/Кафе/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
-    <t>Жашків 0635 Прайм</t>
+    <t>Жашків 0635</t>
   </si>
   <si>
     <t>49.232439 30.082564</t>
   </si>
   <si>
     <t>м. Жашків, автодорога Київ-Одеса, 148км+685м</t>
   </si>
   <si>
     <t>Ксенафонтов Дмитро</t>
   </si>
   <si>
     <t>075-300-86-78</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 161, Гостомель</t>
   </si>
   <si>
     <t>50.5524573 30.2776491</t>
   </si>
   <si>
     <t>Київська область, Бучанський район, смт. Гостомель, вулиця Чкалова, 31А</t>
   </si>
   <si>
-    <t>Гришин Ярослав</t>
-[...1 lines deleted...]
-  <si>
     <t>0937269202</t>
   </si>
   <si>
     <t>Кафе/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 1172 Дослідницьке</t>
   </si>
   <si>
     <t>49.925113 30.189178</t>
   </si>
   <si>
     <t>Київська область, Васильківський район, с. Дослідницьке, Комплекс автосервісного обслуговування, автодорога Київ-Одеса, 69 км+300 м</t>
   </si>
   <si>
     <t>Єрьомін Олександр</t>
   </si>
   <si>
     <t>067-551-50-19</t>
   </si>
   <si>
     <t>AdBlue/Автомагазин/Кафе/Кофе/Фаст фуд/WI-FI/Маркет/TIR Parking/WC</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 1173 Соколівська</t>
@@ -1298,66 +1298,66 @@
   <si>
     <t>0507235581</t>
   </si>
   <si>
     <t>Миколаївська область</t>
   </si>
   <si>
     <t>Миколаїв 4</t>
   </si>
   <si>
     <t>47.0441 32.05912</t>
   </si>
   <si>
     <t>Миколаївська область, Миколаївський район, селище Каравелове, вул.Дорожня, буд.6</t>
   </si>
   <si>
     <t>Шмаленко Ірина</t>
   </si>
   <si>
     <t>+38 066 040 52 90</t>
   </si>
   <si>
     <t>Etalon Юг</t>
   </si>
   <si>
-    <t>Партнер Мотто 0121, АЗС Миколаїв</t>
+    <t>Партнер Parallel 0121, АЗС Миколаїв</t>
   </si>
   <si>
     <t>46.94986 32.07796</t>
   </si>
   <si>
     <t>Миколаївська область, м. Миколаїв, вул. Херсонське шосе, будинок 100б</t>
   </si>
   <si>
     <t>050-484-15-09</t>
   </si>
   <si>
     <t>AdBlue/Etalon Юг/Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
-    <t>Партнер Parallel АЗС 0625</t>
+    <t>АЗС 0625</t>
   </si>
   <si>
     <t>49.564028 32.073528</t>
   </si>
   <si>
     <t>Черкаська область, с. Благодатне, а/д Золотоноша-Черкаси-Сміла, 12 км+500м, будинок б/н</t>
   </si>
   <si>
     <t>Бойко Зоя</t>
   </si>
   <si>
     <t>075-303-20-19</t>
   </si>
   <si>
     <t>Донецька область</t>
   </si>
   <si>
     <t>Партнер Мотто 0344, АЗС Тихого</t>
   </si>
   <si>
     <t>48.751438247729 37.581166385289</t>
   </si>
   <si>
     <t>м.Краматорськ, вул.Олекси Тихого,21-а (1021 - Л)</t>
   </si>
@@ -1433,165 +1433,177 @@
   <si>
     <t>м.Слов'янськ, вул. Сучасна, 1</t>
   </si>
   <si>
     <t>0636382248</t>
   </si>
   <si>
     <t>АЗС 96 Parallel</t>
   </si>
   <si>
     <t>48.8452794 37.583275</t>
   </si>
   <si>
     <t>Донецька область, Краматорський район, м. Слов'янськ, вул. Незалежності, буд.13</t>
   </si>
   <si>
     <t>Дегтярева Аліна</t>
   </si>
   <si>
     <t>063-104-52-04</t>
   </si>
   <si>
     <t>Кофе/Фаст фуд/WI-FI/Маркет/WC</t>
   </si>
   <si>
-    <t>АЗС 104</t>
+    <t>АЗС 1104</t>
   </si>
   <si>
     <t>48.8346116 37.3877248</t>
   </si>
   <si>
     <t>Донецька область, Краматорський район,селище Черкаське, вул.Шевченка, буд. 15</t>
   </si>
   <si>
     <t>Степанченко Анастасия</t>
   </si>
   <si>
     <t>063-104-52-07</t>
   </si>
   <si>
     <t>Кофе/Фаст фуд/WI-FI/Маркет</t>
   </si>
   <si>
     <t>АЗС 0713</t>
   </si>
   <si>
     <t>48.783561 37.594518</t>
   </si>
   <si>
     <t>Донецька область, місто Краматорськ, смт. Ясногірка вул. Баженова, буд. 2-А</t>
   </si>
   <si>
     <t>050 072 01 77</t>
   </si>
   <si>
     <t>АЗС 0714</t>
   </si>
   <si>
     <t>48.88615 37.64498</t>
   </si>
   <si>
     <t>Донецька обл.,Краматорський район, місто Слов'янськ, Київ-Должанський Траса, буд. 1</t>
   </si>
   <si>
     <t>Степанченко Анастасія</t>
   </si>
   <si>
     <t>050 326 69 51</t>
   </si>
   <si>
     <t>Запорізька область</t>
   </si>
   <si>
-    <t>Партнер Parallel АЗС 1151</t>
+    <t>АЗС 1151</t>
   </si>
   <si>
     <t>47.838177 35.007734</t>
   </si>
   <si>
     <t>Запорiзька обл.,с.Нове Запоріжжя, вул.Центральна, 1Г</t>
   </si>
   <si>
     <t>050-012-2803</t>
   </si>
   <si>
-    <t>Партнер Parallel АЗС 1154</t>
+    <t>АЗС 1154</t>
   </si>
   <si>
     <t>47.891502 34.981565</t>
   </si>
   <si>
     <t>Запорiзька обл., с. Сонячне, вул. Сонячне шоссе, 4</t>
   </si>
   <si>
     <t>093-530-0633</t>
   </si>
   <si>
     <t>AdBlue/Кофе/WC</t>
   </si>
   <si>
     <t>Партнер Parallel АЗС 125</t>
   </si>
   <si>
     <t>47.7911 35.17706</t>
   </si>
   <si>
     <t>м.Запоріжжя, пр. Соборний, 3</t>
   </si>
   <si>
     <t>093 531 68 08</t>
   </si>
   <si>
-    <t>АЗС Parallel 1152</t>
+    <t>АЗС 1152</t>
   </si>
   <si>
     <t>47.81058 35.06022</t>
   </si>
   <si>
     <t>Запорiзька обл., с.Бабурка, вул.Садова 1-б</t>
   </si>
   <si>
     <t>Перепьолкін Євген Миколайович</t>
   </si>
   <si>
     <t>093-530-0550</t>
   </si>
   <si>
     <t>Автомагазин/Кофе/WC</t>
   </si>
   <si>
-    <t>АЗС 1155 Parallel</t>
+    <t>АЗС 1155</t>
   </si>
   <si>
     <t>47.7600016 35.2105922</t>
   </si>
   <si>
     <t>Запорізька область, Запоріжжя, Ювілейна, 79, 69000</t>
   </si>
   <si>
     <t>093-530-06-52</t>
+  </si>
+  <si>
+    <t>Партнер Parallel АЗС 1153 Бабурка</t>
+  </si>
+  <si>
+    <t>47.81981 35.057436</t>
+  </si>
+  <si>
+    <t>Запорiзька обл., с. Бабурка вул. Міська, 1а</t>
+  </si>
+  <si>
+    <t>093-530-0591</t>
   </si>
   <si>
     <t>Харківська область</t>
   </si>
   <si>
     <t>Партнер Мотто 0135, АЗС Бабаї</t>
   </si>
   <si>
     <t>49.912500553644 36.202059311081</t>
   </si>
   <si>
     <t>Харківська область,Харківський р-н.,смт.Бабаї, вул.Червоних партизан,будинок 18а</t>
   </si>
   <si>
     <t>050-484-11-21</t>
   </si>
   <si>
     <t>Партнер Мотто 0136, АЗС Коваленки</t>
   </si>
   <si>
     <t>49.971754735745 35.894411005347</t>
   </si>
   <si>
     <t>Харківська область, місто Люботин, сщ Коваленки, вул. Київський шлях, № 2 (М)</t>
   </si>
@@ -2320,51 +2332,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J142"/>
+  <dimension ref="A1:J143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="55.272217" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="155.67627" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.560791" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="94.262695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -2704,848 +2716,848 @@
       </c>
       <c r="I13" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
         <v>72</v>
       </c>
       <c r="C14" t="s">
         <v>73</v>
       </c>
       <c r="D14" t="s">
         <v>74</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>75</v>
       </c>
       <c r="I14" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="J14" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B16" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H16" t="s">
         <v>6</v>
       </c>
       <c r="I16" t="s">
         <v>7</v>
       </c>
       <c r="J16" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I17" t="s">
         <v>14</v>
       </c>
       <c r="J17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C18" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I18" t="s">
         <v>14</v>
       </c>
       <c r="J18" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I19" t="s">
         <v>14</v>
       </c>
       <c r="J19" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C20" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D20" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I20" t="s">
         <v>14</v>
       </c>
       <c r="J20" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D21" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="I21" t="s">
         <v>14</v>
       </c>
       <c r="J21" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B22" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C22" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D22" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I22" t="s">
         <v>14</v>
       </c>
       <c r="J22" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C23" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I23" t="s">
         <v>14</v>
       </c>
       <c r="J23" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B24" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C24" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D24" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I24" t="s">
         <v>14</v>
       </c>
       <c r="J24" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B25" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C25" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D25" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I25" t="s">
         <v>14</v>
       </c>
       <c r="J25" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B26" t="s">
+        <v>126</v>
+      </c>
+      <c r="C26" t="s">
+        <v>127</v>
+      </c>
+      <c r="D26" t="s">
+        <v>128</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>129</v>
+      </c>
+      <c r="I26" t="s">
+        <v>14</v>
+      </c>
+      <c r="J26" t="s">
         <v>125</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B27" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C27" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D27" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I27" t="s">
         <v>14</v>
       </c>
       <c r="J27" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B28" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C28" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D28" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G28" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H28" t="s">
         <v>6</v>
       </c>
       <c r="I28" t="s">
         <v>7</v>
       </c>
       <c r="J28" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B29" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C29" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D29" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I29" t="s">
         <v>14</v>
       </c>
       <c r="J29" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B30" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C30" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D30" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F30" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G30" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H30" t="s">
         <v>6</v>
       </c>
       <c r="I30" t="s">
         <v>7</v>
       </c>
       <c r="J30" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B31" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C31" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D31" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I31" t="s">
         <v>14</v>
       </c>
       <c r="J31" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B32" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C32" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D32" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I32" t="s">
         <v>14</v>
       </c>
       <c r="J32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B33" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C33" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D33" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I33" t="s">
         <v>14</v>
       </c>
       <c r="J33" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B34" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C34" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D34" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I34" t="s">
         <v>14</v>
       </c>
       <c r="J34" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B35" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C35" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D35" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I35" t="s">
         <v>14</v>
       </c>
       <c r="J35" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B36" t="s">
+        <v>171</v>
+      </c>
+      <c r="C36" t="s">
+        <v>172</v>
+      </c>
+      <c r="D36" t="s">
+        <v>173</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>174</v>
+      </c>
+      <c r="I36" t="s">
+        <v>14</v>
+      </c>
+      <c r="J36" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B37" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C37" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D37" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F37" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G37" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I37" t="s">
         <v>7</v>
       </c>
       <c r="J37" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B38" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C38" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D38" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F38" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G38" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I38" t="s">
         <v>7</v>
       </c>
       <c r="J38" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B39" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C39" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D39" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="I39" t="s">
         <v>14</v>
       </c>
       <c r="J39" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B40" t="s">
+        <v>192</v>
+      </c>
+      <c r="C40" t="s">
+        <v>193</v>
+      </c>
+      <c r="D40" t="s">
+        <v>194</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>195</v>
+      </c>
+      <c r="I40" t="s">
+        <v>14</v>
+      </c>
+      <c r="J40" t="s">
         <v>191</v>
-      </c>
-[...16 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B41" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C41" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D41" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I41" t="s">
         <v>14</v>
       </c>
       <c r="J41" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B42" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C42" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D42" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I42" t="s">
-        <v>204</v>
+        <v>76</v>
       </c>
       <c r="J42" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B43" t="s">
         <v>206</v>
       </c>
       <c r="C43" t="s">
         <v>207</v>
       </c>
       <c r="D43" t="s">
         <v>208</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
         <v>209</v>
       </c>
       <c r="I43" t="s">
         <v>14</v>
       </c>
       <c r="J43" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B44" t="s">
         <v>211</v>
       </c>
       <c r="C44" t="s">
         <v>212</v>
       </c>
       <c r="D44" t="s">
         <v>213</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
         <v>214</v>
       </c>
       <c r="I44" t="s">
         <v>14</v>
       </c>
       <c r="J44" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B45" t="s">
         <v>215</v>
       </c>
       <c r="C45" t="s">
         <v>216</v>
       </c>
       <c r="D45" t="s">
         <v>217</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
         <v>218</v>
       </c>
       <c r="I45" t="s">
         <v>14</v>
       </c>
       <c r="J45" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
@@ -3807,757 +3819,766 @@
         <v>262</v>
       </c>
       <c r="I55" t="s">
         <v>14</v>
       </c>
       <c r="J55" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
         <v>225</v>
       </c>
       <c r="B56" t="s">
         <v>263</v>
       </c>
       <c r="C56" t="s">
         <v>264</v>
       </c>
       <c r="D56" t="s">
         <v>265</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
+      <c r="F56" t="s">
+        <v>266</v>
+      </c>
       <c r="G56" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I56" t="s">
         <v>14</v>
       </c>
       <c r="J56" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
         <v>225</v>
       </c>
       <c r="B57" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C57" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D57" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I57" t="s">
         <v>14</v>
       </c>
       <c r="J57" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
         <v>225</v>
       </c>
       <c r="B58" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C58" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D58" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I58" t="s">
         <v>14</v>
       </c>
       <c r="J58" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
         <v>225</v>
       </c>
       <c r="B59" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C59" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D59" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I59" t="s">
         <v>14</v>
       </c>
       <c r="J59" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
         <v>225</v>
       </c>
       <c r="B60" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C60" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D60" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G60" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I60" t="s">
         <v>14</v>
       </c>
       <c r="J60" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
         <v>225</v>
       </c>
       <c r="B61" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C61" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D61" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I61" t="s">
         <v>14</v>
       </c>
       <c r="J61" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
         <v>225</v>
       </c>
       <c r="B62" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C62" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D62" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="I62" t="s">
         <v>14</v>
       </c>
       <c r="J62" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
         <v>225</v>
       </c>
       <c r="B63" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C63" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D63" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="I63" t="s">
         <v>14</v>
       </c>
       <c r="J63" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
         <v>225</v>
       </c>
       <c r="B64" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C64" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D64" t="s">
-        <v>298</v>
+        <v>299</v>
+      </c>
+      <c r="E64" t="s">
+        <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="I64" t="s">
         <v>14</v>
       </c>
       <c r="J64" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
         <v>225</v>
       </c>
       <c r="B65" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C65" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D65" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="I65" t="s">
         <v>14</v>
       </c>
       <c r="J65" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
         <v>225</v>
       </c>
       <c r="B66" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C66" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D66" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="I66" t="s">
         <v>14</v>
       </c>
       <c r="J66" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
         <v>225</v>
       </c>
       <c r="B67" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C67" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D67" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I67" t="s">
         <v>14</v>
       </c>
       <c r="J67" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
         <v>225</v>
       </c>
       <c r="B68" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C68" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D68" t="s">
-        <v>315</v>
+        <v>316</v>
+      </c>
+      <c r="E68" t="s">
+        <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I68" t="s">
         <v>14</v>
       </c>
       <c r="J68" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
         <v>225</v>
       </c>
       <c r="B69" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C69" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D69" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="I69" t="s">
         <v>14</v>
       </c>
       <c r="J69" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
         <v>225</v>
       </c>
       <c r="B70" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C70" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D70" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="I70" t="s">
         <v>14</v>
       </c>
       <c r="J70" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
         <v>225</v>
       </c>
       <c r="B71" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C71" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D71" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="G71" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="I71" t="s">
         <v>14</v>
       </c>
       <c r="J71" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
         <v>225</v>
       </c>
       <c r="B72" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C72" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D72" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I72" t="s">
         <v>14</v>
       </c>
       <c r="J72" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
         <v>225</v>
       </c>
       <c r="B73" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C73" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D73" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
         <v>380952390218</v>
       </c>
       <c r="I73" t="s">
         <v>14</v>
       </c>
       <c r="J73" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
         <v>225</v>
       </c>
       <c r="B74" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C74" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D74" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="G74" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I74" t="s">
         <v>14</v>
       </c>
       <c r="J74" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
         <v>225</v>
       </c>
       <c r="B75" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C75" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D75" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="G75" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="I75" t="s">
         <v>14</v>
       </c>
       <c r="J75" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
         <v>225</v>
       </c>
       <c r="B76" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C76" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D76" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G76" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="I76" t="s">
         <v>14</v>
       </c>
       <c r="J76" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
         <v>225</v>
       </c>
       <c r="B77" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C77" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D77" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G77" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="I77" t="s">
         <v>14</v>
       </c>
       <c r="J77" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
         <v>225</v>
       </c>
       <c r="B78" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C78" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D78" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="I78" t="s">
         <v>14</v>
       </c>
       <c r="J78" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
         <v>225</v>
       </c>
       <c r="B79" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C79" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D79" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="G79" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I79" t="s">
         <v>14</v>
       </c>
       <c r="J79" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>225</v>
       </c>
       <c r="B80" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C80" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D80" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="G80" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="I80" t="s">
         <v>14</v>
       </c>
       <c r="J80" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>225</v>
       </c>
       <c r="B81" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C81" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D81" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="G81" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I81" t="s">
         <v>14</v>
       </c>
       <c r="J81" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
         <v>225</v>
       </c>
       <c r="B82" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C82" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D82" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G82" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
         <v>225</v>
       </c>
       <c r="B83" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C83" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D83" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>380</v>
+        <v>266</v>
       </c>
       <c r="G83" t="s">
         <v>381</v>
       </c>
       <c r="I83" t="s">
         <v>14</v>
       </c>
       <c r="J83" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
         <v>225</v>
       </c>
       <c r="B84" t="s">
         <v>383</v>
       </c>
       <c r="C84" t="s">
         <v>384</v>
       </c>
       <c r="D84" t="s">
         <v>385</v>
       </c>
       <c r="E84" t="s">
@@ -4716,80 +4737,80 @@
       </c>
       <c r="I89" t="s">
         <v>14</v>
       </c>
       <c r="J89" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
         <v>225</v>
       </c>
       <c r="B90" t="s">
         <v>413</v>
       </c>
       <c r="C90" t="s">
         <v>414</v>
       </c>
       <c r="D90" t="s">
         <v>415</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="G90" t="s">
         <v>416</v>
       </c>
       <c r="I90" t="s">
         <v>14</v>
       </c>
       <c r="J90" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
         <v>225</v>
       </c>
       <c r="B91" t="s">
         <v>417</v>
       </c>
       <c r="C91" t="s">
         <v>418</v>
       </c>
       <c r="D91" t="s">
         <v>419</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="G91" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
         <v>421</v>
       </c>
       <c r="B92" t="s">
         <v>422</v>
       </c>
       <c r="C92" t="s">
         <v>423</v>
       </c>
       <c r="D92" t="s">
         <v>424</v>
       </c>
       <c r="F92" t="s">
         <v>425</v>
       </c>
       <c r="G92" t="s">
         <v>426</v>
       </c>
       <c r="I92" t="s">
@@ -4881,207 +4902,207 @@
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
         <v>438</v>
       </c>
       <c r="B96" t="s">
         <v>443</v>
       </c>
       <c r="C96" t="s">
         <v>444</v>
       </c>
       <c r="D96" t="s">
         <v>445</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="G96" t="s">
         <v>446</v>
       </c>
       <c r="I96" t="s">
         <v>14</v>
       </c>
       <c r="J96" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
         <v>438</v>
       </c>
       <c r="B97" t="s">
         <v>447</v>
       </c>
       <c r="C97" t="s">
         <v>448</v>
       </c>
       <c r="D97" t="s">
         <v>449</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="G97" t="s">
         <v>450</v>
       </c>
       <c r="I97" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="J97" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
         <v>438</v>
       </c>
       <c r="B98" t="s">
         <v>451</v>
       </c>
       <c r="C98" t="s">
         <v>452</v>
       </c>
       <c r="D98" t="s">
         <v>453</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="G98" t="s">
         <v>454</v>
       </c>
       <c r="I98" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="J98" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
         <v>438</v>
       </c>
       <c r="B99" t="s">
         <v>455</v>
       </c>
       <c r="C99" t="s">
         <v>456</v>
       </c>
       <c r="D99" t="s">
         <v>457</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="G99" t="s">
         <v>458</v>
       </c>
       <c r="I99" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="J99" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
         <v>438</v>
       </c>
       <c r="B100" t="s">
         <v>459</v>
       </c>
       <c r="C100" t="s">
         <v>460</v>
       </c>
       <c r="D100" t="s">
         <v>461</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="G100" t="s">
         <v>462</v>
       </c>
       <c r="I100" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="J100" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
         <v>438</v>
       </c>
       <c r="B101" t="s">
         <v>463</v>
       </c>
       <c r="C101" t="s">
         <v>464</v>
       </c>
       <c r="D101" t="s">
         <v>465</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="G101" t="s">
         <v>466</v>
       </c>
       <c r="I101" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="J101" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
         <v>438</v>
       </c>
       <c r="B102" t="s">
         <v>467</v>
       </c>
       <c r="C102" t="s">
         <v>468</v>
       </c>
       <c r="D102" t="s">
         <v>469</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
         <v>470</v>
       </c>
       <c r="G102" t="s">
         <v>471</v>
       </c>
       <c r="I102" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="J102" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
         <v>438</v>
       </c>
       <c r="B103" t="s">
         <v>473</v>
       </c>
       <c r="C103" t="s">
         <v>474</v>
       </c>
       <c r="D103" t="s">
         <v>475</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
         <v>476</v>
       </c>
       <c r="G103" t="s">
@@ -5196,51 +5217,51 @@
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
         <v>488</v>
       </c>
       <c r="B108" t="s">
         <v>498</v>
       </c>
       <c r="C108" t="s">
         <v>499</v>
       </c>
       <c r="D108" t="s">
         <v>500</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="G108" t="s">
         <v>501</v>
       </c>
       <c r="I108" t="s">
         <v>14</v>
       </c>
       <c r="J108" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
         <v>488</v>
       </c>
       <c r="B109" t="s">
         <v>502</v>
       </c>
       <c r="C109" t="s">
         <v>503</v>
       </c>
       <c r="D109" t="s">
         <v>504</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
         <v>505</v>
       </c>
       <c r="G109" t="s">
         <v>506</v>
       </c>
       <c r="I109" t="s">
@@ -5256,890 +5277,916 @@
       </c>
       <c r="B110" t="s">
         <v>508</v>
       </c>
       <c r="C110" t="s">
         <v>509</v>
       </c>
       <c r="D110" t="s">
         <v>510</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
         <v>505</v>
       </c>
       <c r="G110" t="s">
         <v>511</v>
       </c>
       <c r="I110" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
+        <v>488</v>
+      </c>
+      <c r="B111" t="s">
         <v>512</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111" t="s">
         <v>513</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>514</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" t="s">
+        <v>12</v>
+      </c>
+      <c r="F111" t="s">
+        <v>505</v>
+      </c>
+      <c r="G111" t="s">
         <v>515</v>
       </c>
-      <c r="E111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I111" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>65</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B112" t="s">
         <v>517</v>
       </c>
       <c r="C112" t="s">
         <v>518</v>
       </c>
       <c r="D112" t="s">
         <v>519</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="G112" t="s">
         <v>520</v>
       </c>
       <c r="I112" t="s">
         <v>14</v>
       </c>
       <c r="J112" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B113" t="s">
         <v>521</v>
       </c>
       <c r="C113" t="s">
         <v>522</v>
       </c>
       <c r="D113" t="s">
         <v>523</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="G113" t="s">
         <v>524</v>
       </c>
       <c r="I113" t="s">
         <v>14</v>
       </c>
       <c r="J113" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B114" t="s">
         <v>525</v>
       </c>
       <c r="C114" t="s">
         <v>526</v>
       </c>
       <c r="D114" t="s">
         <v>527</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="G114" t="s">
         <v>528</v>
       </c>
       <c r="I114" t="s">
         <v>14</v>
       </c>
       <c r="J114" t="s">
-        <v>124</v>
+        <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
+        <v>516</v>
+      </c>
+      <c r="B115" t="s">
         <v>529</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115" t="s">
         <v>530</v>
       </c>
-      <c r="C115" t="s">
+      <c r="D115" t="s">
         <v>531</v>
       </c>
-      <c r="D115" t="s">
+      <c r="G115" t="s">
         <v>532</v>
       </c>
-      <c r="E115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I115" t="s">
         <v>14</v>
       </c>
       <c r="J115" t="s">
-        <v>32</v>
+        <v>125</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B116" t="s">
         <v>534</v>
       </c>
       <c r="C116" t="s">
         <v>535</v>
       </c>
       <c r="D116" t="s">
         <v>536</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="G116" t="s">
         <v>537</v>
       </c>
       <c r="I116" t="s">
         <v>14</v>
       </c>
       <c r="J116" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B117" t="s">
         <v>538</v>
       </c>
       <c r="C117" t="s">
         <v>539</v>
       </c>
       <c r="D117" t="s">
         <v>540</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="G117" t="s">
         <v>541</v>
       </c>
       <c r="I117" t="s">
         <v>14</v>
       </c>
       <c r="J117" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B118" t="s">
         <v>542</v>
       </c>
       <c r="C118" t="s">
         <v>543</v>
       </c>
       <c r="D118" t="s">
         <v>544</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="G118" t="s">
         <v>545</v>
       </c>
       <c r="I118" t="s">
         <v>14</v>
       </c>
       <c r="J118" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B119" t="s">
         <v>546</v>
       </c>
       <c r="C119" t="s">
         <v>547</v>
       </c>
       <c r="D119" t="s">
         <v>548</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="G119" t="s">
         <v>549</v>
       </c>
       <c r="I119" t="s">
         <v>14</v>
       </c>
       <c r="J119" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B120" t="s">
         <v>550</v>
       </c>
       <c r="C120" t="s">
         <v>551</v>
       </c>
       <c r="D120" t="s">
         <v>552</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="G120" t="s">
         <v>553</v>
       </c>
       <c r="I120" t="s">
         <v>14</v>
       </c>
       <c r="J120" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B121" t="s">
         <v>554</v>
       </c>
       <c r="C121" t="s">
         <v>555</v>
       </c>
       <c r="D121" t="s">
         <v>556</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="G121" t="s">
         <v>557</v>
       </c>
       <c r="I121" t="s">
         <v>14</v>
       </c>
       <c r="J121" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B122" t="s">
         <v>558</v>
       </c>
       <c r="C122" t="s">
         <v>559</v>
       </c>
       <c r="D122" t="s">
         <v>560</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="G122" t="s">
         <v>561</v>
       </c>
       <c r="I122" t="s">
         <v>14</v>
       </c>
       <c r="J122" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B123" t="s">
         <v>562</v>
       </c>
       <c r="C123" t="s">
         <v>563</v>
       </c>
       <c r="D123" t="s">
         <v>564</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="G123" t="s">
         <v>565</v>
       </c>
       <c r="I123" t="s">
         <v>14</v>
       </c>
       <c r="J123" t="s">
-        <v>566</v>
+        <v>32</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
+        <v>533</v>
+      </c>
+      <c r="B124" t="s">
+        <v>566</v>
+      </c>
+      <c r="C124" t="s">
         <v>567</v>
       </c>
-      <c r="B124" t="s">
+      <c r="D124" t="s">
         <v>568</v>
       </c>
-      <c r="C124" t="s">
+      <c r="E124" t="s">
+        <v>12</v>
+      </c>
+      <c r="G124" t="s">
         <v>569</v>
       </c>
-      <c r="D124" t="s">
+      <c r="I124" t="s">
+        <v>14</v>
+      </c>
+      <c r="J124" t="s">
         <v>570</v>
-      </c>
-[...10 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
+        <v>571</v>
+      </c>
+      <c r="B125" t="s">
         <v>572</v>
       </c>
-      <c r="B125" t="s">
+      <c r="C125" t="s">
         <v>573</v>
       </c>
-      <c r="C125" t="s">
+      <c r="D125" t="s">
         <v>574</v>
       </c>
-      <c r="D125" t="s">
+      <c r="E125" t="s">
+        <v>12</v>
+      </c>
+      <c r="G125" t="s">
         <v>575</v>
-      </c>
-[...4 lines deleted...]
-        <v>576</v>
       </c>
       <c r="I125" t="s">
         <v>14</v>
       </c>
       <c r="J125" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" t="s">
+        <v>576</v>
+      </c>
+      <c r="B126" t="s">
         <v>577</v>
       </c>
-      <c r="B126" t="s">
+      <c r="C126" t="s">
         <v>578</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
         <v>579</v>
       </c>
-      <c r="D126" t="s">
+      <c r="E126" t="s">
+        <v>12</v>
+      </c>
+      <c r="G126" t="s">
         <v>580</v>
       </c>
-      <c r="E126" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I126" t="s">
         <v>14</v>
       </c>
       <c r="J126" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="B127" t="s">
         <v>582</v>
       </c>
       <c r="C127" t="s">
         <v>583</v>
       </c>
       <c r="D127" t="s">
         <v>584</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="G127" t="s">
         <v>585</v>
       </c>
       <c r="I127" t="s">
         <v>14</v>
       </c>
       <c r="J127" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
+        <v>581</v>
+      </c>
+      <c r="B128" t="s">
         <v>586</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128" t="s">
         <v>587</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128" t="s">
         <v>588</v>
       </c>
-      <c r="D128" t="s">
+      <c r="E128" t="s">
+        <v>12</v>
+      </c>
+      <c r="G128" t="s">
         <v>589</v>
-      </c>
-[...4 lines deleted...]
-        <v>590</v>
       </c>
       <c r="I128" t="s">
         <v>14</v>
       </c>
       <c r="J128" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="B129" t="s">
         <v>591</v>
       </c>
       <c r="C129" t="s">
         <v>592</v>
       </c>
       <c r="D129" t="s">
         <v>593</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="G129" t="s">
         <v>594</v>
       </c>
       <c r="I129" t="s">
         <v>14</v>
       </c>
       <c r="J129" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="B130" t="s">
         <v>595</v>
       </c>
       <c r="C130" t="s">
         <v>596</v>
       </c>
       <c r="D130" t="s">
         <v>597</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="G130" t="s">
         <v>598</v>
       </c>
       <c r="I130" t="s">
         <v>14</v>
       </c>
       <c r="J130" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
+        <v>590</v>
+      </c>
+      <c r="B131" t="s">
         <v>599</v>
       </c>
-      <c r="B131" t="s">
+      <c r="C131" t="s">
         <v>600</v>
       </c>
-      <c r="C131" t="s">
+      <c r="D131" t="s">
         <v>601</v>
       </c>
-      <c r="D131" t="s">
+      <c r="E131" t="s">
+        <v>12</v>
+      </c>
+      <c r="G131" t="s">
         <v>602</v>
-      </c>
-[...4 lines deleted...]
-        <v>603</v>
       </c>
       <c r="I131" t="s">
         <v>14</v>
       </c>
       <c r="J131" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
+        <v>603</v>
+      </c>
+      <c r="B132" t="s">
         <v>604</v>
       </c>
-      <c r="B132" t="s">
+      <c r="C132" t="s">
         <v>605</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>606</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" t="s">
+        <v>12</v>
+      </c>
+      <c r="G132" t="s">
         <v>607</v>
       </c>
-      <c r="E132" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I132" t="s">
         <v>14</v>
       </c>
       <c r="J132" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="B133" t="s">
         <v>609</v>
       </c>
       <c r="C133" t="s">
         <v>610</v>
       </c>
       <c r="D133" t="s">
         <v>611</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="G133" t="s">
         <v>612</v>
       </c>
       <c r="I133" t="s">
         <v>14</v>
       </c>
       <c r="J133" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="B134" t="s">
         <v>613</v>
       </c>
       <c r="C134" t="s">
         <v>614</v>
       </c>
       <c r="D134" t="s">
         <v>615</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
-      <c r="F134" t="s">
+      <c r="G134" t="s">
         <v>616</v>
       </c>
-      <c r="G134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I134" t="s">
         <v>14</v>
       </c>
       <c r="J134" t="s">
-        <v>618</v>
+        <v>125</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
+        <v>608</v>
+      </c>
+      <c r="B135" t="s">
+        <v>617</v>
+      </c>
+      <c r="C135" t="s">
+        <v>618</v>
+      </c>
+      <c r="D135" t="s">
         <v>619</v>
       </c>
-      <c r="B135" t="s">
+      <c r="E135" t="s">
+        <v>12</v>
+      </c>
+      <c r="F135" t="s">
         <v>620</v>
       </c>
-      <c r="C135" t="s">
+      <c r="G135" t="s">
         <v>621</v>
       </c>
-      <c r="D135" t="s">
+      <c r="I135" t="s">
+        <v>14</v>
+      </c>
+      <c r="J135" t="s">
         <v>622</v>
-      </c>
-[...10 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
+        <v>623</v>
+      </c>
+      <c r="B136" t="s">
         <v>624</v>
       </c>
-      <c r="B136" t="s">
+      <c r="C136" t="s">
         <v>625</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
         <v>626</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" t="s">
+        <v>12</v>
+      </c>
+      <c r="G136" t="s">
         <v>627</v>
       </c>
-      <c r="F136" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I136" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J136" t="s">
-        <v>630</v>
+        <v>205</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B137" t="s">
+        <v>629</v>
+      </c>
+      <c r="C137" t="s">
+        <v>630</v>
+      </c>
+      <c r="D137" t="s">
         <v>631</v>
       </c>
-      <c r="C137" t="s">
+      <c r="F137" t="s">
         <v>632</v>
       </c>
-      <c r="D137" t="s">
+      <c r="G137" t="s">
         <v>633</v>
-      </c>
-[...7 lines deleted...]
-        <v>634</v>
       </c>
       <c r="I137" t="s">
         <v>65</v>
       </c>
       <c r="J137" t="s">
-        <v>50</v>
+        <v>634</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B138" t="s">
         <v>635</v>
       </c>
       <c r="C138" t="s">
         <v>636</v>
       </c>
       <c r="D138" t="s">
         <v>637</v>
       </c>
+      <c r="E138" t="s">
+        <v>12</v>
+      </c>
       <c r="F138" t="s">
+        <v>632</v>
+      </c>
+      <c r="G138" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
       <c r="I138" t="s">
         <v>65</v>
       </c>
       <c r="J138" t="s">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B139" t="s">
+        <v>639</v>
+      </c>
+      <c r="C139" t="s">
         <v>640</v>
       </c>
-      <c r="C139" t="s">
+      <c r="D139" t="s">
         <v>641</v>
       </c>
-      <c r="D139" t="s">
+      <c r="F139" t="s">
         <v>642</v>
       </c>
-      <c r="E139" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G139" t="s">
-        <v>629</v>
+        <v>643</v>
       </c>
       <c r="I139" t="s">
         <v>65</v>
       </c>
       <c r="J139" t="s">
-        <v>20</v>
+        <v>301</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B140" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C140" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D140" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>646</v>
+        <v>632</v>
       </c>
       <c r="G140" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="I140" t="s">
         <v>65</v>
       </c>
       <c r="J140" t="s">
-        <v>647</v>
+        <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B141" t="s">
+        <v>647</v>
+      </c>
+      <c r="C141" t="s">
         <v>648</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
         <v>649</v>
       </c>
-      <c r="D141" t="s">
+      <c r="F141" t="s">
         <v>650</v>
       </c>
-      <c r="F141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G141" t="s">
-        <v>629</v>
+        <v>643</v>
       </c>
       <c r="I141" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="J141" t="s">
-        <v>20</v>
+        <v>651</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B142" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C142" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D142" t="s">
-        <v>653</v>
+        <v>654</v>
+      </c>
+      <c r="E142" t="s">
+        <v>12</v>
       </c>
       <c r="F142" t="s">
+        <v>632</v>
+      </c>
+      <c r="G142" t="s">
+        <v>633</v>
+      </c>
+      <c r="I142" t="s">
+        <v>14</v>
+      </c>
+      <c r="J142" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" t="s">
         <v>628</v>
       </c>
-      <c r="G142" t="s">
-[...2 lines deleted...]
-      <c r="I142" t="s">
+      <c r="B143" t="s">
+        <v>655</v>
+      </c>
+      <c r="C143" t="s">
+        <v>656</v>
+      </c>
+      <c r="D143" t="s">
+        <v>657</v>
+      </c>
+      <c r="E143" t="s">
+        <v>12</v>
+      </c>
+      <c r="F143" t="s">
+        <v>632</v>
+      </c>
+      <c r="G143" t="s">
+        <v>638</v>
+      </c>
+      <c r="I143" t="s">
         <v>65</v>
       </c>
-      <c r="J142" t="s">
-        <v>371</v>
+      <c r="J143" t="s">
+        <v>372</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">